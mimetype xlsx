--- v0 (2025-12-05)
+++ v1 (2025-12-18)
@@ -89,51 +89,51 @@
   <si>
     <t>DOTAÇÃO AUTORIZADA</t>
   </si>
   <si>
     <t>Fonte: SIAFI2025</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Demonstrativo de Orçamento Autorizado x Limitação de Empenho e Movimentação Financeira
 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>Art. 69 § 10 da LDO 2025</t>
     </r>
   </si>
   <si>
     <t>DOTAÇÃO PRIMÁRIA AUTORIZADA</t>
   </si>
   <si>
-    <t>Atualizado até outubro</t>
+    <t>Atualizado até novembro</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="#,##0.00;\(#,##0.00\)"/>
     <numFmt numFmtId="165" formatCode="#,##0.00_);\(#,##0.00\)"/>
   </numFmts>
   <fonts count="11" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <color rgb="FF25396E"/>
@@ -681,51 +681,51 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="0"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:I37"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
-      <selection activeCell="H8" sqref="H8"/>
+      <selection activeCell="A37" sqref="A37:E37"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="38" customWidth="1"/>
     <col min="2" max="2" width="7.5703125" customWidth="1"/>
     <col min="3" max="3" width="27.5703125" customWidth="1"/>
     <col min="4" max="4" width="27.5703125" style="19" customWidth="1"/>
     <col min="5" max="5" width="27.5703125" customWidth="1"/>
     <col min="7" max="7" width="16" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="19.5703125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A1" s="12" t="s">
         <v>7</v>
       </c>
       <c r="B1" s="7"/>
       <c r="C1" s="7"/>
       <c r="D1" s="7"/>
       <c r="E1" s="7"/>
       <c r="F1" s="7"/>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A2" s="12" t="s">
@@ -1229,51 +1229,51 @@
       <c r="E35" s="6" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.2">
       <c r="C36" s="17"/>
       <c r="D36" s="17"/>
     </row>
     <row r="37" spans="1:9" ht="33.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A37" s="22"/>
       <c r="B37" s="22"/>
       <c r="C37" s="22"/>
       <c r="D37" s="22"/>
       <c r="E37" s="22"/>
       <c r="G37" s="20"/>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="A37:E37"/>
     <mergeCell ref="A8:A20"/>
     <mergeCell ref="A21:A33"/>
     <mergeCell ref="A5:E5"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.51181102362204722" right="0.51181102362204722" top="0.78740157480314965" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.31496062992125984"/>
-  <pageSetup paperSize="9" scale="72" orientation="portrait" r:id="rId1"/>
+  <pageSetup paperSize="9" scale="98" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Planilhas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Intervalos nomeados</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>