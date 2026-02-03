--- v1 (2025-12-18)
+++ v2 (2026-02-03)
@@ -89,51 +89,51 @@
   <si>
     <t>DOTAÇÃO AUTORIZADA</t>
   </si>
   <si>
     <t>Fonte: SIAFI2025</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Demonstrativo de Orçamento Autorizado x Limitação de Empenho e Movimentação Financeira
 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>Art. 69 § 10 da LDO 2025</t>
     </r>
   </si>
   <si>
     <t>DOTAÇÃO PRIMÁRIA AUTORIZADA</t>
   </si>
   <si>
-    <t>Atualizado até novembro</t>
+    <t>Atualizado até Dezembro</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="#,##0.00;\(#,##0.00\)"/>
     <numFmt numFmtId="165" formatCode="#,##0.00_);\(#,##0.00\)"/>
   </numFmts>
   <fonts count="11" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <color rgb="FF25396E"/>
@@ -681,51 +681,51 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="0"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:I37"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
-      <selection activeCell="A37" sqref="A37:E37"/>
+      <selection activeCell="L9" sqref="L9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="38" customWidth="1"/>
     <col min="2" max="2" width="7.5703125" customWidth="1"/>
     <col min="3" max="3" width="27.5703125" customWidth="1"/>
     <col min="4" max="4" width="27.5703125" style="19" customWidth="1"/>
     <col min="5" max="5" width="27.5703125" customWidth="1"/>
     <col min="7" max="7" width="16" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="19.5703125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A1" s="12" t="s">
         <v>7</v>
       </c>
       <c r="B1" s="7"/>
       <c r="C1" s="7"/>
       <c r="D1" s="7"/>
       <c r="E1" s="7"/>
       <c r="F1" s="7"/>
     </row>
     <row r="2" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A2" s="12" t="s">
@@ -950,69 +950,69 @@
       <c r="B18" s="15">
         <v>45962</v>
       </c>
       <c r="C18" s="16">
         <v>0</v>
       </c>
       <c r="D18" s="16">
         <v>0</v>
       </c>
       <c r="E18" s="4">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A19" s="23"/>
       <c r="B19" s="15">
         <v>45992</v>
       </c>
       <c r="C19" s="16">
         <v>0</v>
       </c>
       <c r="D19" s="16">
         <v>0</v>
       </c>
       <c r="E19" s="4">
-        <v>0</v>
+        <v>984748</v>
       </c>
     </row>
     <row r="20" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A20" s="23"/>
       <c r="B20" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C20" s="3">
         <f>SUM(C8:C19)</f>
         <v>8437567816</v>
       </c>
       <c r="D20" s="3">
         <f t="shared" ref="D20:E20" si="0">SUM(D8:D19)</f>
         <v>8208552695</v>
       </c>
       <c r="E20" s="3">
         <f t="shared" si="0"/>
-        <v>0</v>
+        <v>984748</v>
       </c>
       <c r="G20" s="17"/>
       <c r="H20" s="20"/>
     </row>
     <row r="21" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A21" s="23" t="s">
         <v>3</v>
       </c>
       <c r="B21" s="15">
         <v>45658</v>
       </c>
       <c r="C21" s="21">
         <v>156717731</v>
       </c>
       <c r="D21" s="21">
         <v>156717731</v>
       </c>
       <c r="E21" s="4">
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A22" s="23"/>
       <c r="B22" s="15">
         <v>45689</v>
@@ -1192,51 +1192,51 @@
       </c>
       <c r="E33" s="3">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="F33" s="13"/>
       <c r="H33" s="19"/>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A34" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>4</v>
       </c>
       <c r="C34" s="3">
         <f>SUM(C33,C20)</f>
         <v>8594493584</v>
       </c>
       <c r="D34" s="3">
         <f t="shared" ref="D34:E34" si="2">SUM(D33,D20)</f>
         <v>8365270426</v>
       </c>
       <c r="E34" s="3">
         <f t="shared" si="2"/>
-        <v>0</v>
+        <v>984748</v>
       </c>
       <c r="H34" s="17"/>
       <c r="I34" s="18"/>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A35" s="14" t="s">
         <v>12</v>
       </c>
       <c r="B35" s="5"/>
       <c r="C35" s="5"/>
       <c r="D35" s="5"/>
       <c r="E35" s="6" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.2">
       <c r="C36" s="17"/>
       <c r="D36" s="17"/>
     </row>
     <row r="37" spans="1:9" ht="33.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A37" s="22"/>
       <c r="B37" s="22"/>
       <c r="C37" s="22"/>
       <c r="D37" s="22"/>
       <c r="E37" s="22"/>