--- v0 (2025-12-05)
+++ v1 (2025-12-17)
@@ -9,99 +9,104 @@
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="90" windowWidth="11715" windowHeight="9120" activeTab="3"/>
   </bookViews>
   <sheets>
-    <sheet name="Outubro Categoria" sheetId="1" r:id="rId1"/>
-[...2 lines deleted...]
-    <sheet name="Outubro Programa" sheetId="5" r:id="rId4"/>
+    <sheet name="Novembro Categoria" sheetId="6" r:id="rId1"/>
+    <sheet name="Novembro Função" sheetId="7" r:id="rId2"/>
+    <sheet name="Novembro Modalidade" sheetId="8" r:id="rId3"/>
+    <sheet name="Novembro Programa" sheetId="9" r:id="rId4"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId5"/>
   </externalReferences>
   <definedNames>
-    <definedName name="_xlnm.Print_Titles" localSheetId="2">'Outubro Modalidade'!$5:$5</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'Novembro Categoria'!$A$1:$H$48</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="1">'Novembro Função'!$A$1:$G$40</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="2">'Novembro Modalidade'!$A$1:$E$109</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="3">'Novembro Programa'!$A$1:$H$37</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="2">'Novembro Modalidade'!$1:$5</definedName>
   </definedNames>
   <calcPr calcId="145621"/>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="E33" i="5" l="1"/>
-[...25 lines deleted...]
-  <c r="C7" i="5"/>
+  <c r="E35" i="9" l="1"/>
+  <c r="E33" i="9"/>
+  <c r="E32" i="9"/>
+  <c r="E29" i="9"/>
+  <c r="E28" i="9"/>
+  <c r="E26" i="9"/>
+  <c r="E25" i="9"/>
+  <c r="E24" i="9"/>
+  <c r="E22" i="9"/>
+  <c r="E21" i="9"/>
+  <c r="E20" i="9"/>
+  <c r="E19" i="9"/>
+  <c r="E17" i="9"/>
+  <c r="E16" i="9"/>
+  <c r="E15" i="9"/>
+  <c r="E14" i="9"/>
+  <c r="E13" i="9"/>
+  <c r="E12" i="9"/>
+  <c r="E11" i="9"/>
+  <c r="E10" i="9"/>
+  <c r="E9" i="9"/>
+  <c r="E8" i="9"/>
+  <c r="C34" i="9"/>
+  <c r="C31" i="9"/>
+  <c r="C27" i="9"/>
+  <c r="C23" i="9"/>
+  <c r="C18" i="9"/>
+  <c r="C7" i="9"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="252" uniqueCount="120">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="255" uniqueCount="121">
   <si>
     <t xml:space="preserve">CÂMARA DOS DEPUTADOS
 DEPARTAMENTO DE FINANÇAS, ORÇAMENTO E CONTABILIDADE
 COORDENAÇÃO DE ADMINISTRAÇÃO FINANCEIRA
 </t>
   </si>
   <si>
     <t>Categoria Econômica Despesa</t>
   </si>
   <si>
     <t>Grupo Despesa</t>
   </si>
   <si>
     <t>Modalidade Aplicação</t>
   </si>
   <si>
     <t>Fonte Recursos Detalhada</t>
   </si>
   <si>
     <t>DOTACAO ATUALIZADA</t>
   </si>
   <si>
     <t>CAMARA DOS DEPUTADOS</t>
   </si>
   <si>
@@ -293,53 +298,50 @@
   <si>
     <t>OUTRAS DESPESAS VARIAVEIS - PESSOAL CIVIL</t>
   </si>
   <si>
     <t>VENCIMENTOS E VANTAGENS FIXAS - PESSOAL CIVIL</t>
   </si>
   <si>
     <t>CONTRIB. A ENTIDADES FECHADAS DE PREVIDENCIA</t>
   </si>
   <si>
     <t>PENSOES</t>
   </si>
   <si>
     <t>APOSENTADORIAS, RESERVA REMUNERADA E REFORMAS</t>
   </si>
   <si>
     <t>OUTROS SERVICOS DE TERCEIROS - PESSOA JURIDICA (INTRA)</t>
   </si>
   <si>
     <t>SERVICOS DE CONSULTORIA</t>
   </si>
   <si>
     <t>CONCORRENCIA</t>
   </si>
   <si>
-    <t>RESERVA DE CONTINGENCIA - FINANCEIRA</t>
-[...1 lines deleted...]
-  <si>
     <t>0Z00</t>
   </si>
   <si>
     <t>0999</t>
   </si>
   <si>
     <t>4061</t>
   </si>
   <si>
     <t>2004</t>
   </si>
   <si>
     <t>0034</t>
   </si>
   <si>
     <t>0Z01</t>
   </si>
   <si>
     <t>00UU</t>
   </si>
   <si>
     <t>00UT</t>
   </si>
   <si>
     <t>00PW</t>
@@ -387,214 +389,201 @@
     <t>0181</t>
   </si>
   <si>
     <t>Ação Governo</t>
   </si>
   <si>
     <t>Programa Governo</t>
   </si>
   <si>
     <t>Execução Orçamentária - Categoria Econômica</t>
   </si>
   <si>
     <t>Em R$</t>
   </si>
   <si>
     <t xml:space="preserve">UO Responsável  </t>
   </si>
   <si>
     <t xml:space="preserve">DESPESAS EMPENHADAS  </t>
   </si>
   <si>
     <t xml:space="preserve">DESPESAS PAGAS </t>
   </si>
   <si>
     <t>Fonte: SIAFI2025</t>
-  </si>
-[...1 lines deleted...]
-    <t>Atualizado até outubro</t>
   </si>
   <si>
     <t>Execução Orçamentária - Função e Subfunção</t>
   </si>
   <si>
     <t>Execução Orçamentária - Modalidade de Licitação</t>
   </si>
   <si>
     <t xml:space="preserve">UO Responsável </t>
   </si>
   <si>
     <t xml:space="preserve">Modalidade Licitação  </t>
   </si>
   <si>
     <t>Elemento de Despesa</t>
   </si>
   <si>
     <t xml:space="preserve">DESPESAS PAGAS  </t>
   </si>
   <si>
     <t>Execução Orçamentária - Programa e Ação</t>
   </si>
   <si>
     <t>UO Responsável</t>
   </si>
   <si>
     <t xml:space="preserve">DESPESAS EMPENHADAS </t>
   </si>
   <si>
     <t>DESPESAS
 PAGAS</t>
+  </si>
+  <si>
+    <t>Fonte: SIAFI2015</t>
+  </si>
+  <si>
+    <t>Atualizado até novembro</t>
+  </si>
+  <si>
+    <t>DESPESAS EMPENHADAS</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_);\(#,##0.00\)"/>
   </numFmts>
-  <fonts count="8" x14ac:knownFonts="1">
+  <fonts count="9" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="8"/>
       <color rgb="FF25396E"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="8"/>
       <color rgb="FF0B428E"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="18"/>
       <color rgb="FF000000"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="8"/>
       <color rgb="FF0B428E"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
+    <font>
+      <sz val="18"/>
+      <color rgb="FF000000"/>
+      <name val="Tahoma"/>
+    </font>
   </fonts>
   <fills count="5">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFDFDFDF"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFF0F0F0"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFFF"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="9">
+  <borders count="7">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
-      <diagonal/>
-[...9 lines deleted...]
-      </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FFC0C0C0"/>
       </left>
       <right/>
       <top style="thin">
         <color rgb="FFC0C0C0"/>
       </top>
       <bottom style="thin">
         <color rgb="FFC0C0C0"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FFC0C0C0"/>
       </left>
       <right/>
-      <top/>
-[...11 lines deleted...]
-      </right>
       <top/>
       <bottom style="thin">
         <color rgb="FFC0C0C0"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FFC0C0C0"/>
       </left>
       <right style="thin">
         <color rgb="FFC0C0C0"/>
       </right>
       <top/>
       <bottom style="thin">
         <color rgb="FFC0C0C0"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FFC0C0C0"/>
       </left>
       <right style="thin">
         <color rgb="FFC0C0C0"/>
@@ -612,182 +601,133 @@
       <right/>
       <top style="thin">
         <color rgb="FFC0C0C0"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color rgb="FFC0C0C0"/>
       </right>
       <top style="thin">
         <color rgb="FFC0C0C0"/>
       </top>
       <bottom style="thin">
         <color rgb="FFC0C0C0"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="50">
+  <cellXfs count="29">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    <xf numFmtId="164" fontId="3" fillId="3" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="3" fillId="3" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="right" vertical="center"/>
-[...16 lines deleted...]
-    <xf numFmtId="164" fontId="1" fillId="4" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="4" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    <xf numFmtId="164" fontId="1" fillId="4" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...12 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="2" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="2" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...39 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="2" borderId="6" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="2" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...16 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="2" borderId="6" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="2" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="2" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="7" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="7" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="7" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="6" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="centerContinuous" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="centerContinuous"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="1"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="/Se&#231;&#227;o%20de%20Controle%20e%20Avalia&#231;&#227;o/TeleTrabalho%20-%20WFH/Relat&#243;rios/Transpar&#234;ncia/Tabelas%20de%20Apoio/TABELAS%20DE%20APOIO%202025.xlsx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/externalLink1.xml><?xml version="1.0" encoding="utf-8"?>
@@ -969,50 +909,56 @@
             <v>0909</v>
           </cell>
           <cell r="B4" t="str">
             <v>OPERAÇÕES ESPECIAIS: OUTROS ENCARGOS ESPECIAIS</v>
           </cell>
           <cell r="C4"/>
           <cell r="D4"/>
         </row>
         <row r="5">
           <cell r="A5" t="str">
             <v>0910</v>
           </cell>
           <cell r="B5" t="str">
             <v>OPERAÇÕES ESPECIAIS: GESTÃO DA PARTICIPAÇÃO EM ORGANISMOS E ENTIDADES NACIONAIS E INTERNACIONAIS</v>
           </cell>
           <cell r="C5"/>
           <cell r="D5"/>
         </row>
         <row r="6">
           <cell r="A6" t="str">
             <v>0999</v>
           </cell>
           <cell r="B6" t="str">
             <v>RESERVA DE CONTINGÊNCIA</v>
           </cell>
+          <cell r="C6"/>
+          <cell r="D6"/>
+        </row>
+        <row r="7">
+          <cell r="A7"/>
+          <cell r="B7"/>
         </row>
       </sheetData>
       <sheetData sheetId="2"/>
     </sheetDataSet>
   </externalBook>
 </externalLink>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema do Office">
   <a:themeElements>
     <a:clrScheme name="Escritório">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
@@ -1281,3850 +1227,3857 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
-    <outlinePr summaryBelow="0"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:H46"/>
+  <dimension ref="A1:H48"/>
   <sheetViews>
-    <sheetView showGridLines="0" topLeftCell="A2" workbookViewId="0">
-      <selection activeCell="K39" sqref="K39"/>
+    <sheetView showGridLines="0" workbookViewId="0">
+      <selection activeCell="A10" sqref="A10:D10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" outlineLevelRow="4" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="22.140625" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="6" max="8" width="16.42578125" customWidth="1"/>
+    <col min="1" max="1" width="36.7109375" style="11" customWidth="1"/>
+    <col min="2" max="2" width="18.140625" style="11" customWidth="1"/>
+    <col min="3" max="3" width="24.85546875" style="11" customWidth="1"/>
+    <col min="4" max="4" width="47.85546875" style="11" customWidth="1"/>
+    <col min="5" max="5" width="34.28515625" style="11" customWidth="1"/>
+    <col min="6" max="8" width="14.28515625" style="11" customWidth="1"/>
+    <col min="9" max="16384" width="9.140625" style="11"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:8" ht="52.9" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A1" s="13" t="s">
+    <row r="1" spans="1:8" ht="37.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1" s="17" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="13"/>
-[...5 lines deleted...]
-      <c r="H1" s="13"/>
+      <c r="B1" s="17"/>
+      <c r="C1" s="17"/>
+      <c r="D1" s="17"/>
+      <c r="E1" s="17"/>
+      <c r="F1" s="17"/>
+      <c r="G1" s="17"/>
+      <c r="H1" s="17"/>
     </row>
     <row r="3" spans="1:8" ht="22.5" x14ac:dyDescent="0.2">
-      <c r="A3" s="12" t="s">
+      <c r="A3" s="18" t="s">
+        <v>102</v>
+      </c>
+      <c r="B3" s="18"/>
+      <c r="C3" s="18"/>
+      <c r="D3" s="18"/>
+      <c r="E3" s="18"/>
+      <c r="F3" s="18"/>
+      <c r="G3" s="18"/>
+      <c r="H3" s="18"/>
+    </row>
+    <row r="4" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="H4" s="7" t="s">
         <v>103</v>
       </c>
-      <c r="B3" s="12"/>
-[...15 lines deleted...]
-      <c r="H4" s="15" t="s">
+    </row>
+    <row r="5" spans="1:8" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A5" s="6" t="s">
         <v>104</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A5" s="16" t="s">
+      <c r="B5" s="6" t="s">
+        <v>1</v>
+      </c>
+      <c r="C5" s="6" t="s">
+        <v>2</v>
+      </c>
+      <c r="D5" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="E5" s="6" t="s">
+        <v>4</v>
+      </c>
+      <c r="F5" s="6" t="s">
+        <v>5</v>
+      </c>
+      <c r="G5" s="6" t="s">
         <v>105</v>
       </c>
-      <c r="B5" s="16" t="s">
-[...14 lines deleted...]
-      <c r="G5" s="16" t="s">
+      <c r="H5" s="6" t="s">
         <v>106</v>
       </c>
-      <c r="H5" s="16" t="s">
-[...4 lines deleted...]
-      <c r="A6" s="6" t="s">
+    </row>
+    <row r="6" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A6" s="19" t="s">
         <v>6</v>
       </c>
-      <c r="B6" s="6"/>
-[...3 lines deleted...]
-      <c r="F6" s="2">
+      <c r="B6" s="19"/>
+      <c r="C6" s="19"/>
+      <c r="D6" s="19"/>
+      <c r="E6" s="19"/>
+      <c r="F6" s="1">
         <v>8437567816</v>
       </c>
-      <c r="G6" s="2">
-[...8 lines deleted...]
-      <c r="B7" s="6" t="s">
+      <c r="G6" s="1">
+        <v>8149369476.6599998</v>
+      </c>
+      <c r="H6" s="2">
+        <v>6148231418.9799995</v>
+      </c>
+    </row>
+    <row r="7" spans="1:8" outlineLevel="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="15"/>
+      <c r="B7" s="19" t="s">
         <v>7</v>
       </c>
-      <c r="C7" s="6"/>
-[...2 lines deleted...]
-      <c r="F7" s="2">
+      <c r="C7" s="19"/>
+      <c r="D7" s="19"/>
+      <c r="E7" s="19"/>
+      <c r="F7" s="1">
         <v>8269315596</v>
       </c>
-      <c r="G7" s="2">
-[...9 lines deleted...]
-      <c r="C8" s="6" t="s">
+      <c r="G7" s="1">
+        <v>8072752302.1000004</v>
+      </c>
+      <c r="H7" s="2">
+        <v>6139063654.2600002</v>
+      </c>
+    </row>
+    <row r="8" spans="1:8" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A8" s="19"/>
+      <c r="B8" s="19"/>
+      <c r="C8" s="19" t="s">
         <v>8</v>
       </c>
-      <c r="D8" s="6"/>
-[...1 lines deleted...]
-      <c r="F8" s="2">
+      <c r="D8" s="19"/>
+      <c r="E8" s="19"/>
+      <c r="F8" s="1">
         <v>1692796604</v>
       </c>
-      <c r="G8" s="2">
-[...10 lines deleted...]
-      <c r="D9" s="6" t="s">
+      <c r="G8" s="1">
+        <v>1526255434.0999999</v>
+      </c>
+      <c r="H8" s="2">
+        <v>1210723086.9300001</v>
+      </c>
+    </row>
+    <row r="9" spans="1:8" outlineLevel="3" x14ac:dyDescent="0.2">
+      <c r="A9" s="19"/>
+      <c r="B9" s="19"/>
+      <c r="C9" s="19"/>
+      <c r="D9" s="19" t="s">
         <v>9</v>
       </c>
-      <c r="E9" s="6"/>
-      <c r="F9" s="2">
+      <c r="E9" s="19"/>
+      <c r="F9" s="1">
         <v>90505</v>
       </c>
-      <c r="G9" s="2"/>
-[...7 lines deleted...]
-      <c r="E10" s="1" t="s">
+      <c r="G9" s="1"/>
+      <c r="H9" s="2"/>
+    </row>
+    <row r="10" spans="1:8" outlineLevel="4" x14ac:dyDescent="0.2">
+      <c r="A10" s="19"/>
+      <c r="B10" s="19"/>
+      <c r="C10" s="19"/>
+      <c r="D10" s="19"/>
+      <c r="E10" s="15" t="s">
         <v>10</v>
       </c>
       <c r="F10" s="4">
         <v>90505</v>
       </c>
       <c r="G10" s="4"/>
-      <c r="H10" s="5"/>
-[...5 lines deleted...]
-      <c r="D11" s="6" t="s">
+      <c r="H10" s="3"/>
+    </row>
+    <row r="11" spans="1:8" outlineLevel="3" x14ac:dyDescent="0.2">
+      <c r="A11" s="19"/>
+      <c r="B11" s="19"/>
+      <c r="C11" s="19"/>
+      <c r="D11" s="19" t="s">
         <v>12</v>
       </c>
-      <c r="E11" s="6"/>
-      <c r="F11" s="2">
+      <c r="E11" s="19"/>
+      <c r="F11" s="1">
         <v>22000</v>
       </c>
-      <c r="G11" s="2">
+      <c r="G11" s="1">
         <v>20000</v>
       </c>
-      <c r="H11" s="3">
+      <c r="H11" s="2">
         <v>20000</v>
       </c>
     </row>
-    <row r="12" spans="1:8" ht="15.75" customHeight="1" outlineLevel="4" x14ac:dyDescent="0.2">
-[...4 lines deleted...]
-      <c r="E12" s="1" t="s">
+    <row r="12" spans="1:8" outlineLevel="4" x14ac:dyDescent="0.2">
+      <c r="A12" s="19"/>
+      <c r="B12" s="19"/>
+      <c r="C12" s="19"/>
+      <c r="D12" s="19"/>
+      <c r="E12" s="15" t="s">
         <v>10</v>
       </c>
       <c r="F12" s="4">
         <v>22000</v>
       </c>
       <c r="G12" s="4">
         <v>20000</v>
       </c>
-      <c r="H12" s="5">
+      <c r="H12" s="3">
         <v>20000</v>
       </c>
     </row>
-    <row r="13" spans="1:8" ht="15.75" customHeight="1" outlineLevel="3" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="D13" s="6" t="s">
+    <row r="13" spans="1:8" outlineLevel="3" x14ac:dyDescent="0.2">
+      <c r="A13" s="19"/>
+      <c r="B13" s="19"/>
+      <c r="C13" s="19"/>
+      <c r="D13" s="19" t="s">
         <v>13</v>
       </c>
-      <c r="E13" s="6"/>
-      <c r="F13" s="2">
+      <c r="E13" s="19"/>
+      <c r="F13" s="1">
         <v>1966455.99</v>
       </c>
-      <c r="G13" s="2">
+      <c r="G13" s="1">
         <v>1428653.08</v>
       </c>
-      <c r="H13" s="3">
+      <c r="H13" s="2">
         <v>1428653.08</v>
       </c>
     </row>
-    <row r="14" spans="1:8" ht="15.75" customHeight="1" outlineLevel="4" x14ac:dyDescent="0.2">
-[...4 lines deleted...]
-      <c r="E14" s="1" t="s">
+    <row r="14" spans="1:8" outlineLevel="4" x14ac:dyDescent="0.2">
+      <c r="A14" s="19"/>
+      <c r="B14" s="19"/>
+      <c r="C14" s="19"/>
+      <c r="D14" s="19"/>
+      <c r="E14" s="15" t="s">
         <v>10</v>
       </c>
       <c r="F14" s="4">
         <v>1966455.99</v>
       </c>
       <c r="G14" s="4">
         <v>1428653.08</v>
       </c>
-      <c r="H14" s="5">
+      <c r="H14" s="3">
         <v>1428653.08</v>
       </c>
     </row>
-    <row r="15" spans="1:8" ht="15.75" customHeight="1" outlineLevel="3" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="D15" s="6" t="s">
+    <row r="15" spans="1:8" outlineLevel="3" x14ac:dyDescent="0.2">
+      <c r="A15" s="19"/>
+      <c r="B15" s="19"/>
+      <c r="C15" s="19"/>
+      <c r="D15" s="19" t="s">
         <v>14</v>
       </c>
-      <c r="E15" s="6"/>
-      <c r="F15" s="2">
+      <c r="E15" s="19"/>
+      <c r="F15" s="1">
         <v>1690188843.01</v>
       </c>
-      <c r="G15" s="2">
-[...11 lines deleted...]
-      <c r="E16" s="1" t="s">
+      <c r="G15" s="1">
+        <v>1524322680.54</v>
+      </c>
+      <c r="H15" s="2">
+        <v>1208800905.6400001</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8" outlineLevel="4" x14ac:dyDescent="0.2">
+      <c r="A16" s="19"/>
+      <c r="B16" s="19"/>
+      <c r="C16" s="19"/>
+      <c r="D16" s="19"/>
+      <c r="E16" s="15" t="s">
         <v>10</v>
       </c>
       <c r="F16" s="4">
         <v>1690188843.01</v>
       </c>
       <c r="G16" s="4">
-        <v>1516586417.8599999</v>
-[...9 lines deleted...]
-      <c r="D17" s="6" t="s">
+        <v>1524322680.54</v>
+      </c>
+      <c r="H16" s="3">
+        <v>1208800905.6400001</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8" outlineLevel="3" x14ac:dyDescent="0.2">
+      <c r="A17" s="19"/>
+      <c r="B17" s="19"/>
+      <c r="C17" s="19"/>
+      <c r="D17" s="19" t="s">
         <v>15</v>
       </c>
-      <c r="E17" s="6"/>
-      <c r="F17" s="2">
+      <c r="E17" s="19"/>
+      <c r="F17" s="1">
         <v>528800</v>
       </c>
-      <c r="G17" s="2">
-[...11 lines deleted...]
-      <c r="E18" s="1" t="s">
+      <c r="G17" s="1">
+        <v>484100.48</v>
+      </c>
+      <c r="H17" s="2">
+        <v>473528.21</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8" outlineLevel="4" x14ac:dyDescent="0.2">
+      <c r="A18" s="19"/>
+      <c r="B18" s="19"/>
+      <c r="C18" s="19"/>
+      <c r="D18" s="19"/>
+      <c r="E18" s="15" t="s">
         <v>10</v>
       </c>
       <c r="F18" s="4">
         <v>528800</v>
       </c>
       <c r="G18" s="4">
-        <v>483915.59</v>
-[...8 lines deleted...]
-      <c r="C19" s="6" t="s">
+        <v>484100.48</v>
+      </c>
+      <c r="H18" s="3">
+        <v>473528.21</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A19" s="19"/>
+      <c r="B19" s="19"/>
+      <c r="C19" s="19" t="s">
         <v>16</v>
       </c>
-      <c r="D19" s="6"/>
-[...1 lines deleted...]
-      <c r="F19" s="2">
+      <c r="D19" s="19"/>
+      <c r="E19" s="19"/>
+      <c r="F19" s="1">
         <v>6576518992</v>
       </c>
-      <c r="G19" s="2">
+      <c r="G19" s="1">
         <v>6546496868</v>
       </c>
-      <c r="H19" s="3">
-[...7 lines deleted...]
-      <c r="D20" s="6" t="s">
+      <c r="H19" s="2">
+        <v>4928340567.3299999</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8" outlineLevel="3" x14ac:dyDescent="0.2">
+      <c r="A20" s="19"/>
+      <c r="B20" s="19"/>
+      <c r="C20" s="19"/>
+      <c r="D20" s="19" t="s">
         <v>14</v>
       </c>
-      <c r="E20" s="6"/>
-      <c r="F20" s="2">
+      <c r="E20" s="19"/>
+      <c r="F20" s="1">
         <v>6023353072</v>
       </c>
-      <c r="G20" s="2">
+      <c r="G20" s="1">
         <v>5993330948</v>
       </c>
-      <c r="H20" s="3">
-[...8 lines deleted...]
-      <c r="E21" s="1" t="s">
+      <c r="H20" s="2">
+        <v>4540831377.6800003</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8" outlineLevel="4" x14ac:dyDescent="0.2">
+      <c r="A21" s="19"/>
+      <c r="B21" s="19"/>
+      <c r="C21" s="19"/>
+      <c r="D21" s="19"/>
+      <c r="E21" s="15" t="s">
         <v>10</v>
       </c>
       <c r="F21" s="4">
         <v>5622109433</v>
       </c>
       <c r="G21" s="4">
         <v>5592087309</v>
       </c>
-      <c r="H21" s="5">
-[...8 lines deleted...]
-      <c r="E22" s="1" t="s">
+      <c r="H21" s="3">
+        <v>4139587738.6799998</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8" outlineLevel="4" x14ac:dyDescent="0.2">
+      <c r="A22" s="19"/>
+      <c r="B22" s="19"/>
+      <c r="C22" s="19"/>
+      <c r="D22" s="19"/>
+      <c r="E22" s="15" t="s">
         <v>17</v>
       </c>
       <c r="F22" s="4">
         <v>401243639</v>
       </c>
       <c r="G22" s="4">
         <v>401243639</v>
       </c>
-      <c r="H22" s="5">
+      <c r="H22" s="3">
         <v>401243639</v>
       </c>
     </row>
-    <row r="23" spans="1:8" ht="15.75" customHeight="1" outlineLevel="3" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="D23" s="6" t="s">
+    <row r="23" spans="1:8" outlineLevel="3" x14ac:dyDescent="0.2">
+      <c r="A23" s="19"/>
+      <c r="B23" s="19"/>
+      <c r="C23" s="19"/>
+      <c r="D23" s="19" t="s">
         <v>15</v>
       </c>
-      <c r="E23" s="6"/>
-      <c r="F23" s="2">
+      <c r="E23" s="19"/>
+      <c r="F23" s="1">
         <v>553165920</v>
       </c>
-      <c r="G23" s="2">
+      <c r="G23" s="1">
         <v>553165920</v>
       </c>
-      <c r="H23" s="3">
-[...8 lines deleted...]
-      <c r="E24" s="1" t="s">
+      <c r="H23" s="2">
+        <v>387509189.64999998</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8" outlineLevel="4" x14ac:dyDescent="0.2">
+      <c r="A24" s="19"/>
+      <c r="B24" s="19"/>
+      <c r="C24" s="19"/>
+      <c r="D24" s="19"/>
+      <c r="E24" s="15" t="s">
         <v>10</v>
       </c>
       <c r="F24" s="4">
         <v>553165920</v>
       </c>
       <c r="G24" s="4">
         <v>553165920</v>
       </c>
-      <c r="H24" s="5">
-[...5 lines deleted...]
-      <c r="B25" s="6" t="s">
+      <c r="H24" s="3">
+        <v>387509189.64999998</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8" outlineLevel="1" x14ac:dyDescent="0.2">
+      <c r="A25" s="15"/>
+      <c r="B25" s="19" t="s">
         <v>18</v>
       </c>
-      <c r="C25" s="6"/>
-[...2 lines deleted...]
-      <c r="F25" s="2">
+      <c r="C25" s="19"/>
+      <c r="D25" s="19"/>
+      <c r="E25" s="19"/>
+      <c r="F25" s="1">
         <v>168252220</v>
       </c>
-      <c r="G25" s="2">
-[...9 lines deleted...]
-      <c r="C26" s="6" t="s">
+      <c r="G25" s="1">
+        <v>76617174.560000002</v>
+      </c>
+      <c r="H25" s="2">
+        <v>9167764.7200000007</v>
+      </c>
+    </row>
+    <row r="26" spans="1:8" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A26" s="19"/>
+      <c r="B26" s="19"/>
+      <c r="C26" s="19" t="s">
         <v>19</v>
       </c>
-      <c r="D26" s="6"/>
-[...1 lines deleted...]
-      <c r="F26" s="2">
+      <c r="D26" s="19"/>
+      <c r="E26" s="19"/>
+      <c r="F26" s="1">
         <v>168252220</v>
       </c>
-      <c r="G26" s="2">
-[...10 lines deleted...]
-      <c r="D27" s="6" t="s">
+      <c r="G26" s="1">
+        <v>76617174.560000002</v>
+      </c>
+      <c r="H26" s="2">
+        <v>9167764.7200000007</v>
+      </c>
+    </row>
+    <row r="27" spans="1:8" outlineLevel="3" x14ac:dyDescent="0.2">
+      <c r="A27" s="19"/>
+      <c r="B27" s="19"/>
+      <c r="C27" s="19"/>
+      <c r="D27" s="19" t="s">
         <v>14</v>
       </c>
-      <c r="E27" s="6"/>
-      <c r="F27" s="2">
+      <c r="E27" s="19"/>
+      <c r="F27" s="1">
         <v>168252220</v>
       </c>
-      <c r="G27" s="2">
-[...11 lines deleted...]
-      <c r="E28" s="1" t="s">
+      <c r="G27" s="1">
+        <v>76617174.560000002</v>
+      </c>
+      <c r="H27" s="2">
+        <v>9167764.7200000007</v>
+      </c>
+    </row>
+    <row r="28" spans="1:8" outlineLevel="4" x14ac:dyDescent="0.2">
+      <c r="A28" s="19"/>
+      <c r="B28" s="19"/>
+      <c r="C28" s="19"/>
+      <c r="D28" s="19"/>
+      <c r="E28" s="15" t="s">
         <v>10</v>
       </c>
       <c r="F28" s="4">
         <v>168252220</v>
       </c>
       <c r="G28" s="4">
-        <v>69271380.459999993</v>
-[...6 lines deleted...]
-      <c r="A29" s="6" t="s">
+        <v>76617174.560000002</v>
+      </c>
+      <c r="H28" s="3">
+        <v>9167764.7200000007</v>
+      </c>
+    </row>
+    <row r="29" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A29" s="19" t="s">
         <v>20</v>
       </c>
-      <c r="B29" s="6"/>
-[...3 lines deleted...]
-      <c r="F29" s="2">
+      <c r="B29" s="19"/>
+      <c r="C29" s="19"/>
+      <c r="D29" s="19"/>
+      <c r="E29" s="19"/>
+      <c r="F29" s="1">
         <v>156925768</v>
       </c>
-      <c r="G29" s="2">
-[...8 lines deleted...]
-      <c r="B30" s="6" t="s">
+      <c r="G29" s="1">
+        <v>12176015.119999999</v>
+      </c>
+      <c r="H29" s="2">
+        <v>11520957.539999999</v>
+      </c>
+    </row>
+    <row r="30" spans="1:8" outlineLevel="1" x14ac:dyDescent="0.2">
+      <c r="A30" s="15"/>
+      <c r="B30" s="19" t="s">
         <v>7</v>
       </c>
-      <c r="C30" s="6"/>
-[...2 lines deleted...]
-      <c r="F30" s="2">
+      <c r="C30" s="19"/>
+      <c r="D30" s="19"/>
+      <c r="E30" s="19"/>
+      <c r="F30" s="1">
         <v>78500000</v>
       </c>
-      <c r="G30" s="2">
-[...9 lines deleted...]
-      <c r="C31" s="6" t="s">
+      <c r="G30" s="1">
+        <v>9230454.6099999994</v>
+      </c>
+      <c r="H30" s="2">
+        <v>8575397.0399999991</v>
+      </c>
+    </row>
+    <row r="31" spans="1:8" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A31" s="19"/>
+      <c r="B31" s="19"/>
+      <c r="C31" s="19" t="s">
         <v>8</v>
       </c>
-      <c r="D31" s="6"/>
-[...1 lines deleted...]
-      <c r="F31" s="2">
+      <c r="D31" s="19"/>
+      <c r="E31" s="19"/>
+      <c r="F31" s="1">
         <v>78500000</v>
       </c>
-      <c r="G31" s="2">
-[...10 lines deleted...]
-      <c r="D32" s="6" t="s">
+      <c r="G31" s="1">
+        <v>9230454.6099999994</v>
+      </c>
+      <c r="H31" s="2">
+        <v>8575397.0399999991</v>
+      </c>
+    </row>
+    <row r="32" spans="1:8" outlineLevel="3" x14ac:dyDescent="0.2">
+      <c r="A32" s="19"/>
+      <c r="B32" s="19"/>
+      <c r="C32" s="19"/>
+      <c r="D32" s="19" t="s">
         <v>14</v>
       </c>
-      <c r="E32" s="6"/>
-[...15 lines deleted...]
-      <c r="E33" s="1" t="s">
+      <c r="E32" s="19"/>
+      <c r="F32" s="1">
+        <v>78499861.180000007</v>
+      </c>
+      <c r="G32" s="1">
+        <v>9230315.7899999991</v>
+      </c>
+      <c r="H32" s="2">
+        <v>8575397.0399999991</v>
+      </c>
+    </row>
+    <row r="33" spans="1:8" outlineLevel="4" x14ac:dyDescent="0.2">
+      <c r="A33" s="19"/>
+      <c r="B33" s="19"/>
+      <c r="C33" s="19"/>
+      <c r="D33" s="19"/>
+      <c r="E33" s="15" t="s">
         <v>10</v>
       </c>
       <c r="F33" s="4">
-        <v>45348298</v>
+        <v>45348159.18</v>
       </c>
       <c r="G33" s="4">
-        <v>117707</v>
-[...10 lines deleted...]
-      <c r="E34" s="1" t="s">
+        <v>237739.3</v>
+      </c>
+      <c r="H33" s="3">
+        <v>73397.490000000005</v>
+      </c>
+    </row>
+    <row r="34" spans="1:8" outlineLevel="4" x14ac:dyDescent="0.2">
+      <c r="A34" s="19"/>
+      <c r="B34" s="19"/>
+      <c r="C34" s="19"/>
+      <c r="D34" s="19"/>
+      <c r="E34" s="15" t="s">
         <v>21</v>
       </c>
       <c r="F34" s="4">
         <v>0</v>
       </c>
       <c r="G34" s="4"/>
-      <c r="H34" s="5"/>
-[...6 lines deleted...]
-      <c r="E35" s="1" t="s">
+      <c r="H34" s="3"/>
+    </row>
+    <row r="35" spans="1:8" outlineLevel="4" x14ac:dyDescent="0.2">
+      <c r="A35" s="19"/>
+      <c r="B35" s="19"/>
+      <c r="C35" s="19"/>
+      <c r="D35" s="19"/>
+      <c r="E35" s="15" t="s">
         <v>22</v>
       </c>
       <c r="F35" s="4">
         <v>33151702</v>
       </c>
       <c r="G35" s="4">
-        <v>8492576.4900000002</v>
-[...7 lines deleted...]
-      <c r="B36" s="6" t="s">
+        <v>8992576.4900000002</v>
+      </c>
+      <c r="H35" s="3">
+        <v>8501999.5500000007</v>
+      </c>
+    </row>
+    <row r="36" spans="1:8" outlineLevel="3" x14ac:dyDescent="0.2">
+      <c r="A36" s="19"/>
+      <c r="B36" s="19"/>
+      <c r="C36" s="19"/>
+      <c r="D36" s="19" t="s">
+        <v>15</v>
+      </c>
+      <c r="E36" s="19"/>
+      <c r="F36" s="1">
+        <v>138.82</v>
+      </c>
+      <c r="G36" s="1">
+        <v>138.82</v>
+      </c>
+      <c r="H36" s="2"/>
+    </row>
+    <row r="37" spans="1:8" outlineLevel="4" x14ac:dyDescent="0.2">
+      <c r="A37" s="19"/>
+      <c r="B37" s="19"/>
+      <c r="C37" s="19"/>
+      <c r="D37" s="19"/>
+      <c r="E37" s="15" t="s">
+        <v>10</v>
+      </c>
+      <c r="F37" s="4">
+        <v>138.82</v>
+      </c>
+      <c r="G37" s="4">
+        <v>138.82</v>
+      </c>
+      <c r="H37" s="3"/>
+    </row>
+    <row r="38" spans="1:8" outlineLevel="1" x14ac:dyDescent="0.2">
+      <c r="A38" s="15"/>
+      <c r="B38" s="19" t="s">
         <v>18</v>
       </c>
-      <c r="C36" s="6"/>
-[...2 lines deleted...]
-      <c r="F36" s="2">
+      <c r="C38" s="19"/>
+      <c r="D38" s="19"/>
+      <c r="E38" s="19"/>
+      <c r="F38" s="1">
         <v>78217731</v>
       </c>
-      <c r="G36" s="2">
+      <c r="G38" s="1">
         <v>2945560.51</v>
       </c>
-      <c r="H36" s="3">
+      <c r="H38" s="2">
         <v>2945560.5</v>
       </c>
     </row>
-    <row r="37" spans="1:8" ht="15.75" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
-[...2 lines deleted...]
-      <c r="C37" s="6" t="s">
+    <row r="39" spans="1:8" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A39" s="19"/>
+      <c r="B39" s="19"/>
+      <c r="C39" s="19" t="s">
         <v>19</v>
       </c>
-      <c r="D37" s="6"/>
-[...1 lines deleted...]
-      <c r="F37" s="2">
+      <c r="D39" s="19"/>
+      <c r="E39" s="19"/>
+      <c r="F39" s="1">
         <v>78217731</v>
       </c>
-      <c r="G37" s="2">
+      <c r="G39" s="1">
         <v>2945560.51</v>
       </c>
-      <c r="H37" s="3">
+      <c r="H39" s="2">
         <v>2945560.5</v>
       </c>
     </row>
-    <row r="38" spans="1:8" ht="15.75" customHeight="1" outlineLevel="3" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="D38" s="6" t="s">
+    <row r="40" spans="1:8" outlineLevel="3" x14ac:dyDescent="0.2">
+      <c r="A40" s="19"/>
+      <c r="B40" s="19"/>
+      <c r="C40" s="19"/>
+      <c r="D40" s="19" t="s">
         <v>14</v>
       </c>
-      <c r="E38" s="6"/>
-      <c r="F38" s="2">
+      <c r="E40" s="19"/>
+      <c r="F40" s="1">
         <v>78217731</v>
       </c>
-      <c r="G38" s="2">
+      <c r="G40" s="1">
         <v>2945560.51</v>
       </c>
-      <c r="H38" s="3">
+      <c r="H40" s="2">
         <v>2945560.5</v>
       </c>
     </row>
-    <row r="39" spans="1:8" ht="15.75" customHeight="1" outlineLevel="4" x14ac:dyDescent="0.2">
-[...4 lines deleted...]
-      <c r="E39" s="1" t="s">
+    <row r="41" spans="1:8" outlineLevel="4" x14ac:dyDescent="0.2">
+      <c r="A41" s="19"/>
+      <c r="B41" s="19"/>
+      <c r="C41" s="19"/>
+      <c r="D41" s="19"/>
+      <c r="E41" s="15" t="s">
         <v>21</v>
       </c>
-      <c r="F39" s="4">
-[...10 lines deleted...]
-      <c r="E40" s="1" t="s">
+      <c r="F41" s="4">
+        <v>621482.81999999995</v>
+      </c>
+      <c r="G41" s="4"/>
+      <c r="H41" s="3"/>
+    </row>
+    <row r="42" spans="1:8" outlineLevel="4" x14ac:dyDescent="0.2">
+      <c r="A42" s="19"/>
+      <c r="B42" s="19"/>
+      <c r="C42" s="19"/>
+      <c r="D42" s="19"/>
+      <c r="E42" s="15" t="s">
         <v>22</v>
       </c>
-      <c r="F40" s="4">
-[...2 lines deleted...]
-      <c r="G40" s="4">
+      <c r="F42" s="4">
+        <v>77596248.180000007</v>
+      </c>
+      <c r="G42" s="4">
         <v>2945560.51</v>
       </c>
-      <c r="H40" s="5">
+      <c r="H42" s="3">
         <v>2945560.5</v>
       </c>
     </row>
-    <row r="41" spans="1:8" ht="15.75" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="B41" s="6" t="s">
+    <row r="43" spans="1:8" outlineLevel="1" x14ac:dyDescent="0.2">
+      <c r="A43" s="15"/>
+      <c r="B43" s="19" t="s">
         <v>23</v>
       </c>
-      <c r="C41" s="6"/>
-[...2 lines deleted...]
-      <c r="F41" s="2">
+      <c r="C43" s="19"/>
+      <c r="D43" s="19"/>
+      <c r="E43" s="19"/>
+      <c r="F43" s="1">
         <v>208037</v>
       </c>
-      <c r="G41" s="2"/>
-[...5 lines deleted...]
-      <c r="C42" s="6" t="s">
+      <c r="G43" s="1"/>
+      <c r="H43" s="2"/>
+    </row>
+    <row r="44" spans="1:8" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A44" s="19"/>
+      <c r="B44" s="19"/>
+      <c r="C44" s="19" t="s">
         <v>23</v>
       </c>
-      <c r="D42" s="6"/>
-[...1 lines deleted...]
-      <c r="F42" s="2">
+      <c r="D44" s="19"/>
+      <c r="E44" s="19"/>
+      <c r="F44" s="1">
         <v>208037</v>
       </c>
-      <c r="G42" s="2"/>
-[...6 lines deleted...]
-      <c r="D43" s="6" t="s">
+      <c r="G44" s="1"/>
+      <c r="H44" s="2"/>
+    </row>
+    <row r="45" spans="1:8" outlineLevel="3" x14ac:dyDescent="0.2">
+      <c r="A45" s="19"/>
+      <c r="B45" s="19"/>
+      <c r="C45" s="19"/>
+      <c r="D45" s="19" t="s">
         <v>23</v>
       </c>
-      <c r="E43" s="6"/>
-      <c r="F43" s="2">
+      <c r="E45" s="19"/>
+      <c r="F45" s="1">
         <v>208037</v>
       </c>
-      <c r="G43" s="2"/>
-[...7 lines deleted...]
-      <c r="E44" s="1" t="s">
+      <c r="G45" s="1"/>
+      <c r="H45" s="2"/>
+    </row>
+    <row r="46" spans="1:8" ht="22.5" outlineLevel="4" x14ac:dyDescent="0.2">
+      <c r="A46" s="19"/>
+      <c r="B46" s="19"/>
+      <c r="C46" s="19"/>
+      <c r="D46" s="19"/>
+      <c r="E46" s="15" t="s">
         <v>24</v>
       </c>
-      <c r="F44" s="4">
+      <c r="F46" s="4">
         <v>208037</v>
       </c>
-      <c r="G44" s="4"/>
-[...3 lines deleted...]
-      <c r="A45" s="7" t="s">
+      <c r="G46" s="4"/>
+      <c r="H46" s="3"/>
+    </row>
+    <row r="47" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A47" s="16" t="s">
         <v>11</v>
       </c>
-      <c r="B45" s="7"/>
-[...3 lines deleted...]
-      <c r="F45" s="2">
+      <c r="B47" s="16"/>
+      <c r="C47" s="16"/>
+      <c r="D47" s="16"/>
+      <c r="E47" s="16"/>
+      <c r="F47" s="1">
         <v>8594493584</v>
       </c>
-      <c r="G45" s="2">
-[...17 lines deleted...]
-        <v>109</v>
+      <c r="G47" s="1">
+        <v>8161545491.7799997</v>
+      </c>
+      <c r="H47" s="2">
+        <v>6159752376.5200005</v>
+      </c>
+    </row>
+    <row r="48" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A48" s="14" t="s">
+        <v>107</v>
+      </c>
+      <c r="B48" s="13"/>
+      <c r="C48" s="13"/>
+      <c r="D48" s="13"/>
+      <c r="H48" s="12" t="s">
+        <v>119</v>
       </c>
     </row>
   </sheetData>
-  <mergeCells count="59">
-[...13 lines deleted...]
-    <mergeCell ref="D38:E38"/>
+  <mergeCells count="62">
+    <mergeCell ref="A47:E47"/>
+    <mergeCell ref="A3:H3"/>
+    <mergeCell ref="B43:E43"/>
+    <mergeCell ref="A44:B44"/>
+    <mergeCell ref="C44:E44"/>
+    <mergeCell ref="A45:C45"/>
+    <mergeCell ref="D45:E45"/>
+    <mergeCell ref="A46:D46"/>
+    <mergeCell ref="A39:B39"/>
+    <mergeCell ref="C39:E39"/>
+    <mergeCell ref="A40:C40"/>
+    <mergeCell ref="D40:E40"/>
+    <mergeCell ref="A41:D41"/>
+    <mergeCell ref="A42:D42"/>
+    <mergeCell ref="A34:D34"/>
+    <mergeCell ref="A35:D35"/>
+    <mergeCell ref="A36:C36"/>
+    <mergeCell ref="D36:E36"/>
+    <mergeCell ref="A37:D37"/>
+    <mergeCell ref="B38:E38"/>
+    <mergeCell ref="B30:E30"/>
+    <mergeCell ref="A31:B31"/>
+    <mergeCell ref="C31:E31"/>
     <mergeCell ref="A32:C32"/>
     <mergeCell ref="D32:E32"/>
     <mergeCell ref="A33:D33"/>
-    <mergeCell ref="A34:D34"/>
-[...6 lines deleted...]
-    <mergeCell ref="B25:E25"/>
     <mergeCell ref="A26:B26"/>
     <mergeCell ref="C26:E26"/>
     <mergeCell ref="A27:C27"/>
     <mergeCell ref="D27:E27"/>
+    <mergeCell ref="A28:D28"/>
+    <mergeCell ref="A29:E29"/>
     <mergeCell ref="A21:D21"/>
     <mergeCell ref="A22:D22"/>
     <mergeCell ref="A23:C23"/>
     <mergeCell ref="D23:E23"/>
     <mergeCell ref="A24:D24"/>
+    <mergeCell ref="B25:E25"/>
+    <mergeCell ref="A17:C17"/>
+    <mergeCell ref="D17:E17"/>
     <mergeCell ref="A18:D18"/>
     <mergeCell ref="A19:B19"/>
     <mergeCell ref="C19:E19"/>
     <mergeCell ref="A20:C20"/>
     <mergeCell ref="D20:E20"/>
+    <mergeCell ref="A13:C13"/>
+    <mergeCell ref="D13:E13"/>
     <mergeCell ref="A14:D14"/>
     <mergeCell ref="A15:C15"/>
     <mergeCell ref="D15:E15"/>
     <mergeCell ref="A16:D16"/>
-    <mergeCell ref="A17:C17"/>
-    <mergeCell ref="D17:E17"/>
+    <mergeCell ref="A9:C9"/>
+    <mergeCell ref="D9:E9"/>
+    <mergeCell ref="A10:D10"/>
     <mergeCell ref="A11:C11"/>
     <mergeCell ref="D11:E11"/>
     <mergeCell ref="A12:D12"/>
-    <mergeCell ref="A13:C13"/>
-    <mergeCell ref="D13:E13"/>
+    <mergeCell ref="A1:H1"/>
+    <mergeCell ref="A6:E6"/>
+    <mergeCell ref="B7:E7"/>
     <mergeCell ref="A8:B8"/>
     <mergeCell ref="C8:E8"/>
-    <mergeCell ref="A9:C9"/>
-[...5 lines deleted...]
-    <mergeCell ref="A3:H3"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
-  <pageMargins left="0.31496062992125984" right="0" top="0.39370078740157483" bottom="0.19685039370078741" header="0.31496062992125984" footer="0.31496062992125984"/>
-  <pageSetup paperSize="9" scale="72" orientation="landscape" r:id="rId1"/>
+  <pageMargins left="0.51181102362204722" right="0.51181102362204722" top="0.78740157480314965" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.31496062992125984"/>
+  <pageSetup paperSize="9" scale="67" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
-    <outlinePr summaryBelow="0"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:G40"/>
   <sheetViews>
-    <sheetView showGridLines="0" topLeftCell="A19" workbookViewId="0">
-      <selection activeCell="A5" sqref="A5:XFD5"/>
+    <sheetView showGridLines="0" workbookViewId="0">
+      <selection activeCell="A10" sqref="A10:D10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" outlineLevelRow="3" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="24.7109375" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="5" max="7" width="20.85546875" customWidth="1"/>
+    <col min="1" max="1" width="36.7109375" style="11" customWidth="1"/>
+    <col min="2" max="2" width="22.28515625" style="11" customWidth="1"/>
+    <col min="3" max="3" width="31.140625" style="11" customWidth="1"/>
+    <col min="4" max="4" width="37.42578125" style="11" customWidth="1"/>
+    <col min="5" max="7" width="14.28515625" style="11" customWidth="1"/>
+    <col min="8" max="16384" width="9.140625" style="11"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" ht="52.9" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A1" s="13" t="s">
+    <row r="1" spans="1:7" ht="42" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1" s="17" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="13"/>
-[...13 lines deleted...]
-      <c r="G2" s="20"/>
+      <c r="B1" s="17"/>
+      <c r="C1" s="17"/>
+      <c r="D1" s="17"/>
+      <c r="E1" s="17"/>
+      <c r="F1" s="17"/>
+      <c r="G1" s="17"/>
     </row>
     <row r="3" spans="1:7" ht="22.5" x14ac:dyDescent="0.2">
-      <c r="A3" s="19" t="s">
+      <c r="A3" s="27" t="s">
+        <v>108</v>
+      </c>
+      <c r="B3" s="28"/>
+      <c r="C3" s="28"/>
+      <c r="D3" s="28"/>
+      <c r="E3" s="28"/>
+      <c r="F3" s="28"/>
+      <c r="G3" s="28"/>
+    </row>
+    <row r="5" spans="1:7" ht="33.75" x14ac:dyDescent="0.2">
+      <c r="A5" s="24" t="s">
         <v>110</v>
       </c>
-      <c r="B3" s="19"/>
-[...21 lines deleted...]
-      <c r="B5" s="26" t="s">
+      <c r="B5" s="24" t="s">
         <v>39</v>
       </c>
-      <c r="C5" s="26" t="s">
+      <c r="C5" s="24" t="s">
         <v>38</v>
       </c>
-      <c r="D5" s="26" t="s">
+      <c r="D5" s="24" t="s">
         <v>37</v>
       </c>
-      <c r="E5" s="26" t="s">
+      <c r="E5" s="25" t="s">
         <v>5</v>
       </c>
-      <c r="F5" s="26" t="s">
+      <c r="F5" s="25" t="s">
+        <v>120</v>
+      </c>
+      <c r="G5" s="26" t="s">
         <v>106</v>
       </c>
-      <c r="G5" s="26" t="s">
-[...4 lines deleted...]
-      <c r="A6" s="11" t="s">
+    </row>
+    <row r="6" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A6" s="19" t="s">
         <v>6</v>
       </c>
-      <c r="B6" s="11"/>
-[...2 lines deleted...]
-      <c r="E6" s="2">
+      <c r="B6" s="19"/>
+      <c r="C6" s="19"/>
+      <c r="D6" s="19"/>
+      <c r="E6" s="1">
         <v>8437567816</v>
       </c>
-      <c r="F6" s="2">
-[...8 lines deleted...]
-      <c r="B7" s="11" t="s">
+      <c r="F6" s="1">
+        <v>8149369476.6599998</v>
+      </c>
+      <c r="G6" s="2">
+        <v>6148231418.9799995</v>
+      </c>
+    </row>
+    <row r="7" spans="1:7" outlineLevel="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="15"/>
+      <c r="B7" s="19" t="s">
         <v>36</v>
       </c>
-      <c r="C7" s="11"/>
-[...1 lines deleted...]
-      <c r="E7" s="2">
+      <c r="C7" s="19"/>
+      <c r="D7" s="19"/>
+      <c r="E7" s="1">
         <v>177139453</v>
       </c>
-      <c r="F7" s="2">
+      <c r="F7" s="1">
         <v>176506601.08000001</v>
       </c>
-      <c r="G7" s="3">
-[...6 lines deleted...]
-      <c r="C8" s="11" t="s">
+      <c r="G7" s="2">
+        <v>137061553.59999999</v>
+      </c>
+    </row>
+    <row r="8" spans="1:7" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A8" s="19"/>
+      <c r="B8" s="19"/>
+      <c r="C8" s="19" t="s">
         <v>35</v>
       </c>
-      <c r="D8" s="11"/>
-      <c r="E8" s="2">
+      <c r="D8" s="19"/>
+      <c r="E8" s="1">
         <v>90505</v>
       </c>
-      <c r="F8" s="2"/>
-[...6 lines deleted...]
-      <c r="D9" s="10" t="s">
+      <c r="F8" s="1"/>
+      <c r="G8" s="2"/>
+    </row>
+    <row r="9" spans="1:7" outlineLevel="3" x14ac:dyDescent="0.2">
+      <c r="A9" s="19"/>
+      <c r="B9" s="19"/>
+      <c r="C9" s="19"/>
+      <c r="D9" s="15" t="s">
         <v>29</v>
       </c>
-      <c r="E9" s="9">
+      <c r="E9" s="4">
         <v>90505</v>
       </c>
-      <c r="F9" s="9"/>
-[...5 lines deleted...]
-      <c r="C10" s="11" t="s">
+      <c r="F9" s="4"/>
+      <c r="G9" s="3"/>
+    </row>
+    <row r="10" spans="1:7" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A10" s="19"/>
+      <c r="B10" s="19"/>
+      <c r="C10" s="19" t="s">
         <v>32</v>
       </c>
-      <c r="D10" s="11"/>
-      <c r="E10" s="2">
+      <c r="D10" s="19"/>
+      <c r="E10" s="1">
         <v>177048948</v>
       </c>
-      <c r="F10" s="2">
+      <c r="F10" s="1">
         <v>176506601.08000001</v>
       </c>
-      <c r="G10" s="3">
-[...7 lines deleted...]
-      <c r="D11" s="10" t="s">
+      <c r="G10" s="2">
+        <v>137061553.59999999</v>
+      </c>
+    </row>
+    <row r="11" spans="1:7" outlineLevel="3" x14ac:dyDescent="0.2">
+      <c r="A11" s="19"/>
+      <c r="B11" s="19"/>
+      <c r="C11" s="19"/>
+      <c r="D11" s="15" t="s">
         <v>25</v>
       </c>
-      <c r="E11" s="9">
+      <c r="E11" s="4">
         <v>51971948</v>
       </c>
-      <c r="F11" s="9">
+      <c r="F11" s="4">
         <v>51429601.079999998</v>
       </c>
-      <c r="G11" s="8">
-[...7 lines deleted...]
-      <c r="D12" s="10" t="s">
+      <c r="G11" s="3">
+        <v>34166354.759999998</v>
+      </c>
+    </row>
+    <row r="12" spans="1:7" outlineLevel="3" x14ac:dyDescent="0.2">
+      <c r="A12" s="19"/>
+      <c r="B12" s="19"/>
+      <c r="C12" s="19"/>
+      <c r="D12" s="15" t="s">
         <v>29</v>
       </c>
-      <c r="E12" s="9">
+      <c r="E12" s="4">
         <v>125077000</v>
       </c>
-      <c r="F12" s="9">
+      <c r="F12" s="4">
         <v>125077000</v>
       </c>
-      <c r="G12" s="8">
-[...5 lines deleted...]
-      <c r="B13" s="11" t="s">
+      <c r="G12" s="3">
+        <v>102895198.84</v>
+      </c>
+    </row>
+    <row r="13" spans="1:7" outlineLevel="1" x14ac:dyDescent="0.2">
+      <c r="A13" s="15"/>
+      <c r="B13" s="19" t="s">
         <v>28</v>
       </c>
-      <c r="C13" s="11"/>
-[...1 lines deleted...]
-      <c r="E13" s="2">
+      <c r="C13" s="19"/>
+      <c r="D13" s="19"/>
+      <c r="E13" s="1">
         <v>5994406239</v>
       </c>
-      <c r="F13" s="2">
-[...9 lines deleted...]
-      <c r="C14" s="11" t="s">
+      <c r="F13" s="1">
+        <v>5736862875.5799999</v>
+      </c>
+      <c r="G13" s="2">
+        <v>4151232172.46</v>
+      </c>
+    </row>
+    <row r="14" spans="1:7" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A14" s="19"/>
+      <c r="B14" s="19"/>
+      <c r="C14" s="19" t="s">
         <v>27</v>
       </c>
-      <c r="D14" s="11"/>
-      <c r="E14" s="2">
+      <c r="D14" s="19"/>
+      <c r="E14" s="1">
         <v>1139111975</v>
       </c>
-      <c r="F14" s="2">
-[...10 lines deleted...]
-      <c r="D15" s="10" t="s">
+      <c r="F14" s="1">
+        <v>914048597.53999996</v>
+      </c>
+      <c r="G14" s="2">
+        <v>630648073.69000006</v>
+      </c>
+    </row>
+    <row r="15" spans="1:7" outlineLevel="3" x14ac:dyDescent="0.2">
+      <c r="A15" s="19"/>
+      <c r="B15" s="19"/>
+      <c r="C15" s="19"/>
+      <c r="D15" s="15" t="s">
         <v>25</v>
       </c>
-      <c r="E15" s="9">
+      <c r="E15" s="4">
         <v>1139111975</v>
       </c>
-      <c r="F15" s="9">
-[...9 lines deleted...]
-      <c r="C16" s="11" t="s">
+      <c r="F15" s="4">
+        <v>914048597.53999996</v>
+      </c>
+      <c r="G15" s="3">
+        <v>630648073.69000006</v>
+      </c>
+    </row>
+    <row r="16" spans="1:7" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A16" s="19"/>
+      <c r="B16" s="19"/>
+      <c r="C16" s="19" t="s">
         <v>34</v>
       </c>
-      <c r="D16" s="11"/>
-      <c r="E16" s="2">
+      <c r="D16" s="19"/>
+      <c r="E16" s="1">
         <v>3977598344</v>
       </c>
-      <c r="F16" s="2">
+      <c r="F16" s="1">
         <v>3964319756.4299998</v>
       </c>
-      <c r="G16" s="3">
-[...7 lines deleted...]
-      <c r="D17" s="10" t="s">
+      <c r="G16" s="2">
+        <v>2769587860.5500002</v>
+      </c>
+    </row>
+    <row r="17" spans="1:7" outlineLevel="3" x14ac:dyDescent="0.2">
+      <c r="A17" s="19"/>
+      <c r="B17" s="19"/>
+      <c r="C17" s="19"/>
+      <c r="D17" s="15" t="s">
         <v>25</v>
       </c>
-      <c r="E17" s="9">
+      <c r="E17" s="4">
         <v>3977598344</v>
       </c>
-      <c r="F17" s="9">
+      <c r="F17" s="4">
         <v>3964319756.4299998</v>
       </c>
-      <c r="G17" s="8">
-[...6 lines deleted...]
-      <c r="C18" s="11" t="s">
+      <c r="G17" s="3">
+        <v>2769587860.5500002</v>
+      </c>
+    </row>
+    <row r="18" spans="1:7" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A18" s="19"/>
+      <c r="B18" s="19"/>
+      <c r="C18" s="19" t="s">
         <v>33</v>
       </c>
-      <c r="D18" s="11"/>
-      <c r="E18" s="2">
+      <c r="D18" s="19"/>
+      <c r="E18" s="1">
         <v>8000000</v>
       </c>
-      <c r="F18" s="2"/>
-[...6 lines deleted...]
-      <c r="D19" s="10" t="s">
+      <c r="F18" s="1"/>
+      <c r="G18" s="2"/>
+    </row>
+    <row r="19" spans="1:7" outlineLevel="3" x14ac:dyDescent="0.2">
+      <c r="A19" s="19"/>
+      <c r="B19" s="19"/>
+      <c r="C19" s="19"/>
+      <c r="D19" s="15" t="s">
         <v>25</v>
       </c>
-      <c r="E19" s="9">
+      <c r="E19" s="4">
         <v>8000000</v>
       </c>
-      <c r="F19" s="9"/>
-[...5 lines deleted...]
-      <c r="C20" s="11" t="s">
+      <c r="F19" s="4"/>
+      <c r="G19" s="3"/>
+    </row>
+    <row r="20" spans="1:7" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A20" s="19"/>
+      <c r="B20" s="19"/>
+      <c r="C20" s="19" t="s">
         <v>26</v>
       </c>
-      <c r="D20" s="11"/>
-      <c r="E20" s="2">
+      <c r="D20" s="19"/>
+      <c r="E20" s="1">
         <v>642180000</v>
       </c>
-      <c r="F20" s="2">
-[...10 lines deleted...]
-      <c r="D21" s="10" t="s">
+      <c r="F20" s="1">
+        <v>630978601.61000001</v>
+      </c>
+      <c r="G20" s="2">
+        <v>581759786.95000005</v>
+      </c>
+    </row>
+    <row r="21" spans="1:7" outlineLevel="3" x14ac:dyDescent="0.2">
+      <c r="A21" s="19"/>
+      <c r="B21" s="19"/>
+      <c r="C21" s="19"/>
+      <c r="D21" s="15" t="s">
         <v>25</v>
       </c>
-      <c r="E21" s="9">
+      <c r="E21" s="4">
         <v>642180000</v>
       </c>
-      <c r="F21" s="9">
-[...9 lines deleted...]
-      <c r="C22" s="11" t="s">
+      <c r="F21" s="4">
+        <v>630978601.61000001</v>
+      </c>
+      <c r="G21" s="3">
+        <v>581759786.95000005</v>
+      </c>
+    </row>
+    <row r="22" spans="1:7" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A22" s="19"/>
+      <c r="B22" s="19"/>
+      <c r="C22" s="19" t="s">
         <v>32</v>
       </c>
-      <c r="D22" s="11"/>
-      <c r="E22" s="2">
+      <c r="D22" s="19"/>
+      <c r="E22" s="1">
         <v>227515920</v>
       </c>
-      <c r="F22" s="2">
+      <c r="F22" s="1">
         <v>227515920</v>
       </c>
-      <c r="G22" s="3">
-[...7 lines deleted...]
-      <c r="D23" s="10" t="s">
+      <c r="G22" s="2">
+        <v>169236451.27000001</v>
+      </c>
+    </row>
+    <row r="23" spans="1:7" outlineLevel="3" x14ac:dyDescent="0.2">
+      <c r="A23" s="19"/>
+      <c r="B23" s="19"/>
+      <c r="C23" s="19"/>
+      <c r="D23" s="15" t="s">
         <v>25</v>
       </c>
-      <c r="E23" s="9">
+      <c r="E23" s="4">
         <v>227515920</v>
       </c>
-      <c r="F23" s="9">
+      <c r="F23" s="4">
         <v>227515920</v>
       </c>
-      <c r="G23" s="8">
-[...5 lines deleted...]
-      <c r="B24" s="11" t="s">
+      <c r="G23" s="3">
+        <v>169236451.27000001</v>
+      </c>
+    </row>
+    <row r="24" spans="1:7" outlineLevel="1" x14ac:dyDescent="0.2">
+      <c r="A24" s="15"/>
+      <c r="B24" s="19" t="s">
         <v>31</v>
       </c>
-      <c r="C24" s="11"/>
-[...1 lines deleted...]
-      <c r="E24" s="2">
+      <c r="C24" s="19"/>
+      <c r="D24" s="19"/>
+      <c r="E24" s="1">
         <v>2236000000</v>
       </c>
-      <c r="F24" s="2">
+      <c r="F24" s="1">
         <v>2236000000</v>
       </c>
-      <c r="G24" s="3">
-[...6 lines deleted...]
-      <c r="C25" s="11" t="s">
+      <c r="G24" s="2">
+        <v>1859937692.9200001</v>
+      </c>
+    </row>
+    <row r="25" spans="1:7" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A25" s="19"/>
+      <c r="B25" s="19"/>
+      <c r="C25" s="19" t="s">
         <v>30</v>
       </c>
-      <c r="D25" s="11"/>
-      <c r="E25" s="2">
+      <c r="D25" s="19"/>
+      <c r="E25" s="1">
         <v>2236000000</v>
       </c>
-      <c r="F25" s="2">
+      <c r="F25" s="1">
         <v>2236000000</v>
       </c>
-      <c r="G25" s="3">
-[...7 lines deleted...]
-      <c r="D26" s="10" t="s">
+      <c r="G25" s="2">
+        <v>1859937692.9200001</v>
+      </c>
+    </row>
+    <row r="26" spans="1:7" outlineLevel="3" x14ac:dyDescent="0.2">
+      <c r="A26" s="19"/>
+      <c r="B26" s="19"/>
+      <c r="C26" s="19"/>
+      <c r="D26" s="15" t="s">
         <v>29</v>
       </c>
-      <c r="E26" s="9">
+      <c r="E26" s="4">
         <v>2236000000</v>
       </c>
-      <c r="F26" s="9">
+      <c r="F26" s="4">
         <v>2236000000</v>
       </c>
-      <c r="G26" s="8">
-[...5 lines deleted...]
-      <c r="B27" s="11" t="s">
+      <c r="G26" s="3">
+        <v>1859937692.9200001</v>
+      </c>
+    </row>
+    <row r="27" spans="1:7" outlineLevel="1" x14ac:dyDescent="0.2">
+      <c r="A27" s="15"/>
+      <c r="B27" s="19" t="s">
         <v>23</v>
       </c>
-      <c r="C27" s="11"/>
-[...1 lines deleted...]
-      <c r="E27" s="2">
+      <c r="C27" s="19"/>
+      <c r="D27" s="19"/>
+      <c r="E27" s="1">
         <v>30022124</v>
       </c>
-      <c r="F27" s="2"/>
-[...5 lines deleted...]
-      <c r="C28" s="11" t="s">
+      <c r="F27" s="1"/>
+      <c r="G27" s="2"/>
+    </row>
+    <row r="28" spans="1:7" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A28" s="19"/>
+      <c r="B28" s="19"/>
+      <c r="C28" s="19" t="s">
         <v>23</v>
       </c>
-      <c r="D28" s="11"/>
-      <c r="E28" s="2">
+      <c r="D28" s="19"/>
+      <c r="E28" s="1">
         <v>30022124</v>
       </c>
-      <c r="F28" s="2"/>
-[...6 lines deleted...]
-      <c r="D29" s="10" t="s">
+      <c r="F28" s="1"/>
+      <c r="G28" s="2"/>
+    </row>
+    <row r="29" spans="1:7" outlineLevel="3" x14ac:dyDescent="0.2">
+      <c r="A29" s="19"/>
+      <c r="B29" s="19"/>
+      <c r="C29" s="19"/>
+      <c r="D29" s="15" t="s">
         <v>25</v>
       </c>
-      <c r="E29" s="9">
+      <c r="E29" s="4">
         <v>30022124</v>
       </c>
-      <c r="F29" s="9"/>
-[...3 lines deleted...]
-      <c r="A30" s="11" t="s">
+      <c r="F29" s="4"/>
+      <c r="G29" s="3"/>
+    </row>
+    <row r="30" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A30" s="19" t="s">
         <v>20</v>
       </c>
-      <c r="B30" s="11"/>
-[...2 lines deleted...]
-      <c r="E30" s="2">
+      <c r="B30" s="19"/>
+      <c r="C30" s="19"/>
+      <c r="D30" s="19"/>
+      <c r="E30" s="1">
         <v>156925768</v>
       </c>
-      <c r="F30" s="2">
-[...8 lines deleted...]
-      <c r="B31" s="11" t="s">
+      <c r="F30" s="1">
+        <v>12176015.119999999</v>
+      </c>
+      <c r="G30" s="2">
+        <v>11520957.539999999</v>
+      </c>
+    </row>
+    <row r="31" spans="1:7" outlineLevel="1" x14ac:dyDescent="0.2">
+      <c r="A31" s="15"/>
+      <c r="B31" s="19" t="s">
         <v>28</v>
       </c>
-      <c r="C31" s="11"/>
-[...1 lines deleted...]
-      <c r="E31" s="2">
+      <c r="C31" s="19"/>
+      <c r="D31" s="19"/>
+      <c r="E31" s="1">
         <v>156717731</v>
       </c>
-      <c r="F31" s="2">
-[...9 lines deleted...]
-      <c r="C32" s="11" t="s">
+      <c r="F31" s="1">
+        <v>12176015.119999999</v>
+      </c>
+      <c r="G31" s="2">
+        <v>11520957.539999999</v>
+      </c>
+    </row>
+    <row r="32" spans="1:7" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A32" s="19"/>
+      <c r="B32" s="19"/>
+      <c r="C32" s="19" t="s">
         <v>27</v>
       </c>
-      <c r="D32" s="11"/>
-      <c r="E32" s="2">
+      <c r="D32" s="19"/>
+      <c r="E32" s="1">
         <v>145217731</v>
       </c>
-      <c r="F32" s="2">
-[...10 lines deleted...]
-      <c r="D33" s="10" t="s">
+      <c r="F32" s="1">
+        <v>8033396.7699999996</v>
+      </c>
+      <c r="G32" s="2">
+        <v>7807477.6799999997</v>
+      </c>
+    </row>
+    <row r="33" spans="1:7" outlineLevel="3" x14ac:dyDescent="0.2">
+      <c r="A33" s="19"/>
+      <c r="B33" s="19"/>
+      <c r="C33" s="19"/>
+      <c r="D33" s="15" t="s">
         <v>25</v>
       </c>
-      <c r="E33" s="9">
+      <c r="E33" s="4">
         <v>145217731</v>
       </c>
-      <c r="F33" s="9">
-[...9 lines deleted...]
-      <c r="C34" s="11" t="s">
+      <c r="F33" s="4">
+        <v>8033396.7699999996</v>
+      </c>
+      <c r="G33" s="3">
+        <v>7807477.6799999997</v>
+      </c>
+    </row>
+    <row r="34" spans="1:7" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A34" s="19"/>
+      <c r="B34" s="19"/>
+      <c r="C34" s="19" t="s">
         <v>26</v>
       </c>
-      <c r="D34" s="11"/>
-      <c r="E34" s="2">
+      <c r="D34" s="19"/>
+      <c r="E34" s="1">
         <v>11500000</v>
       </c>
-      <c r="F34" s="2">
-[...10 lines deleted...]
-      <c r="D35" s="10" t="s">
+      <c r="F34" s="1">
+        <v>4142618.35</v>
+      </c>
+      <c r="G34" s="2">
+        <v>3713479.86</v>
+      </c>
+    </row>
+    <row r="35" spans="1:7" outlineLevel="3" x14ac:dyDescent="0.2">
+      <c r="A35" s="19"/>
+      <c r="B35" s="19"/>
+      <c r="C35" s="19"/>
+      <c r="D35" s="15" t="s">
         <v>25</v>
       </c>
-      <c r="E35" s="9">
+      <c r="E35" s="4">
         <v>11500000</v>
       </c>
-      <c r="F35" s="9">
-[...8 lines deleted...]
-      <c r="B36" s="11" t="s">
+      <c r="F35" s="4">
+        <v>4142618.35</v>
+      </c>
+      <c r="G35" s="3">
+        <v>3713479.86</v>
+      </c>
+    </row>
+    <row r="36" spans="1:7" outlineLevel="1" x14ac:dyDescent="0.2">
+      <c r="A36" s="15"/>
+      <c r="B36" s="19" t="s">
         <v>23</v>
       </c>
-      <c r="C36" s="11"/>
-[...1 lines deleted...]
-      <c r="E36" s="2">
+      <c r="C36" s="19"/>
+      <c r="D36" s="19"/>
+      <c r="E36" s="1">
         <v>208037</v>
       </c>
-      <c r="F36" s="2"/>
-[...5 lines deleted...]
-      <c r="C37" s="11" t="s">
+      <c r="F36" s="1"/>
+      <c r="G36" s="2"/>
+    </row>
+    <row r="37" spans="1:7" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A37" s="19"/>
+      <c r="B37" s="19"/>
+      <c r="C37" s="19" t="s">
         <v>23</v>
       </c>
-      <c r="D37" s="11"/>
-      <c r="E37" s="2">
+      <c r="D37" s="19"/>
+      <c r="E37" s="1">
         <v>208037</v>
       </c>
-      <c r="F37" s="2"/>
-[...6 lines deleted...]
-      <c r="D38" s="10" t="s">
+      <c r="F37" s="1"/>
+      <c r="G37" s="2"/>
+    </row>
+    <row r="38" spans="1:7" outlineLevel="3" x14ac:dyDescent="0.2">
+      <c r="A38" s="19"/>
+      <c r="B38" s="19"/>
+      <c r="C38" s="19"/>
+      <c r="D38" s="15" t="s">
         <v>25</v>
       </c>
-      <c r="E38" s="9">
+      <c r="E38" s="4">
         <v>208037</v>
       </c>
-      <c r="F38" s="9"/>
-[...3 lines deleted...]
-      <c r="A39" s="7" t="s">
+      <c r="F38" s="4"/>
+      <c r="G38" s="3"/>
+    </row>
+    <row r="39" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A39" s="16" t="s">
         <v>11</v>
       </c>
-      <c r="B39" s="7"/>
-[...2 lines deleted...]
-      <c r="E39" s="2">
+      <c r="B39" s="16"/>
+      <c r="C39" s="16"/>
+      <c r="D39" s="16"/>
+      <c r="E39" s="1">
         <v>8594493584</v>
       </c>
-      <c r="F39" s="2">
-[...17 lines deleted...]
-      <c r="G40" s="18"/>
+      <c r="F39" s="1">
+        <v>8161545491.7799997</v>
+      </c>
+      <c r="G39" s="2">
+        <v>6159752376.5200005</v>
+      </c>
+    </row>
+    <row r="40" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A40" s="11" t="s">
+        <v>118</v>
+      </c>
+      <c r="G40" s="12" t="s">
+        <v>119</v>
+      </c>
     </row>
   </sheetData>
-  <mergeCells count="49">
-[...17 lines deleted...]
-    <mergeCell ref="A17:C17"/>
+  <mergeCells count="47">
+    <mergeCell ref="A35:C35"/>
+    <mergeCell ref="B36:D36"/>
+    <mergeCell ref="A37:B37"/>
+    <mergeCell ref="C37:D37"/>
+    <mergeCell ref="A38:C38"/>
+    <mergeCell ref="A39:D39"/>
+    <mergeCell ref="B31:D31"/>
+    <mergeCell ref="A32:B32"/>
+    <mergeCell ref="C32:D32"/>
+    <mergeCell ref="A33:C33"/>
+    <mergeCell ref="A34:B34"/>
+    <mergeCell ref="C34:D34"/>
+    <mergeCell ref="A26:C26"/>
+    <mergeCell ref="B27:D27"/>
+    <mergeCell ref="A28:B28"/>
+    <mergeCell ref="C28:D28"/>
+    <mergeCell ref="A29:C29"/>
+    <mergeCell ref="A30:D30"/>
+    <mergeCell ref="A22:B22"/>
+    <mergeCell ref="C22:D22"/>
+    <mergeCell ref="A23:C23"/>
+    <mergeCell ref="B24:D24"/>
+    <mergeCell ref="A25:B25"/>
+    <mergeCell ref="C25:D25"/>
     <mergeCell ref="A18:B18"/>
     <mergeCell ref="C18:D18"/>
     <mergeCell ref="A19:C19"/>
     <mergeCell ref="A20:B20"/>
     <mergeCell ref="C20:D20"/>
     <mergeCell ref="A21:C21"/>
-    <mergeCell ref="A22:B22"/>
-[...23 lines deleted...]
-    <mergeCell ref="F40:G40"/>
+    <mergeCell ref="A14:B14"/>
+    <mergeCell ref="C14:D14"/>
+    <mergeCell ref="A15:C15"/>
+    <mergeCell ref="A16:B16"/>
+    <mergeCell ref="C16:D16"/>
+    <mergeCell ref="A17:C17"/>
+    <mergeCell ref="A9:C9"/>
+    <mergeCell ref="A10:B10"/>
+    <mergeCell ref="C10:D10"/>
+    <mergeCell ref="A11:C11"/>
+    <mergeCell ref="A12:C12"/>
+    <mergeCell ref="B13:D13"/>
+    <mergeCell ref="A1:G1"/>
+    <mergeCell ref="A6:D6"/>
+    <mergeCell ref="B7:D7"/>
+    <mergeCell ref="A8:B8"/>
+    <mergeCell ref="C8:D8"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
-  <pageMargins left="0.51181102362204722" right="0.31496062992125984" top="0.59055118110236227" bottom="0.39370078740157483" header="0.31496062992125984" footer="0.31496062992125984"/>
-  <pageSetup paperSize="9" scale="76" orientation="landscape" r:id="rId1"/>
+  <pageMargins left="0.51181102362204722" right="0.51181102362204722" top="0.78740157480314965" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.31496062992125984"/>
+  <pageSetup paperSize="9" scale="80" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
-    <outlinePr summaryBelow="0"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:E106"/>
+  <dimension ref="A1:E109"/>
   <sheetViews>
-    <sheetView showGridLines="0" topLeftCell="A85" workbookViewId="0">
-      <selection activeCell="F106" sqref="F106"/>
+    <sheetView showGridLines="0" workbookViewId="0">
+      <selection activeCell="A10" sqref="A10:D10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" outlineLevelRow="2" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="37.28515625" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="4" max="5" width="16.28515625" customWidth="1"/>
+    <col min="1" max="1" width="20.28515625" style="11" customWidth="1"/>
+    <col min="2" max="2" width="19" style="11" customWidth="1"/>
+    <col min="3" max="3" width="53.42578125" style="11" customWidth="1"/>
+    <col min="4" max="5" width="14.28515625" style="11" customWidth="1"/>
+    <col min="6" max="16384" width="9.140625" style="11"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="52.9" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A1" s="13" t="s">
+      <c r="A1" s="17" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="13"/>
-[...9 lines deleted...]
-      <c r="E2" s="28"/>
+      <c r="B1" s="17"/>
+      <c r="C1" s="17"/>
+      <c r="D1" s="17"/>
+      <c r="E1" s="17"/>
     </row>
     <row r="3" spans="1:5" ht="22.5" x14ac:dyDescent="0.2">
-      <c r="A3" s="19" t="s">
+      <c r="A3" s="20" t="s">
+        <v>109</v>
+      </c>
+      <c r="B3" s="20"/>
+      <c r="C3" s="20"/>
+      <c r="D3" s="20"/>
+      <c r="E3" s="20"/>
+    </row>
+    <row r="4" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="E4" s="7" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="5" spans="1:5" ht="24.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A5" s="6" t="s">
+        <v>110</v>
+      </c>
+      <c r="B5" s="6" t="s">
         <v>111</v>
       </c>
-      <c r="B3" s="19"/>
-[...14 lines deleted...]
-      <c r="A5" s="35" t="s">
+      <c r="C5" s="6" t="s">
         <v>112</v>
       </c>
-      <c r="B5" s="35" t="s">
+      <c r="D5" s="6" t="s">
+        <v>105</v>
+      </c>
+      <c r="E5" s="5" t="s">
         <v>113</v>
       </c>
-      <c r="C5" s="35" t="s">
-[...10 lines deleted...]
-      <c r="A6" s="11" t="s">
+    </row>
+    <row r="6" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A6" s="19" t="s">
         <v>6</v>
       </c>
-      <c r="B6" s="11"/>
-[...10 lines deleted...]
-      <c r="B7" s="11" t="s">
+      <c r="B6" s="19"/>
+      <c r="C6" s="19"/>
+      <c r="D6" s="1">
+        <v>8149369476.6599998</v>
+      </c>
+      <c r="E6" s="2">
+        <v>6148231418.9799995</v>
+      </c>
+    </row>
+    <row r="7" spans="1:5" outlineLevel="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="15"/>
+      <c r="B7" s="19" t="s">
         <v>76</v>
       </c>
-      <c r="C7" s="11"/>
-      <c r="D7" s="2">
+      <c r="C7" s="19"/>
+      <c r="D7" s="1">
         <v>50224551.759999998</v>
       </c>
-      <c r="E7" s="3">
-[...6 lines deleted...]
-      <c r="C8" s="10" t="s">
+      <c r="E7" s="2">
+        <v>2103163.16</v>
+      </c>
+    </row>
+    <row r="8" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A8" s="19"/>
+      <c r="B8" s="19"/>
+      <c r="C8" s="15" t="s">
         <v>42</v>
       </c>
-      <c r="D8" s="9">
+      <c r="D8" s="4">
         <v>50190246.840000004</v>
       </c>
-      <c r="E8" s="8">
-[...6 lines deleted...]
-      <c r="C9" s="10" t="s">
+      <c r="E8" s="3">
+        <v>2068858.24</v>
+      </c>
+    </row>
+    <row r="9" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A9" s="19"/>
+      <c r="B9" s="19"/>
+      <c r="C9" s="15" t="s">
         <v>40</v>
       </c>
-      <c r="D9" s="9">
+      <c r="D9" s="4">
         <v>34304.92</v>
       </c>
-      <c r="E9" s="8">
+      <c r="E9" s="3">
         <v>34304.92</v>
       </c>
     </row>
-    <row r="10" spans="1:5" ht="15" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="B10" s="11" t="s">
+    <row r="10" spans="1:5" outlineLevel="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="15"/>
+      <c r="B10" s="19" t="s">
         <v>53</v>
       </c>
-      <c r="C10" s="11"/>
-[...10 lines deleted...]
-      <c r="C11" s="10" t="s">
+      <c r="C10" s="19"/>
+      <c r="D10" s="1">
+        <v>42297297.009999998</v>
+      </c>
+      <c r="E10" s="2">
+        <v>19623520.73</v>
+      </c>
+    </row>
+    <row r="11" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A11" s="19"/>
+      <c r="B11" s="19"/>
+      <c r="C11" s="15" t="s">
         <v>46</v>
       </c>
-      <c r="D11" s="9">
-[...9 lines deleted...]
-      <c r="C12" s="10" t="s">
+      <c r="D11" s="4">
+        <v>699710.51</v>
+      </c>
+      <c r="E11" s="3">
+        <v>318481.88</v>
+      </c>
+    </row>
+    <row r="12" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A12" s="19"/>
+      <c r="B12" s="19"/>
+      <c r="C12" s="15" t="s">
         <v>55</v>
       </c>
-      <c r="D12" s="9">
+      <c r="D12" s="4">
+        <v>60525.2</v>
+      </c>
+      <c r="E12" s="3">
         <v>48525.2</v>
       </c>
-      <c r="E12" s="8">
-[...6 lines deleted...]
-      <c r="C13" s="10" t="s">
+    </row>
+    <row r="13" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A13" s="19"/>
+      <c r="B13" s="19"/>
+      <c r="C13" s="15" t="s">
         <v>56</v>
       </c>
-      <c r="D13" s="9">
+      <c r="D13" s="4">
         <v>67800</v>
       </c>
-      <c r="E13" s="8">
+      <c r="E13" s="3">
         <v>67800</v>
       </c>
     </row>
-    <row r="14" spans="1:5" ht="15" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
-[...2 lines deleted...]
-      <c r="C14" s="10" t="s">
+    <row r="14" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A14" s="19"/>
+      <c r="B14" s="19"/>
+      <c r="C14" s="15" t="s">
         <v>54</v>
       </c>
-      <c r="D14" s="9">
+      <c r="D14" s="4">
         <v>33150</v>
       </c>
-      <c r="E14" s="8">
+      <c r="E14" s="3">
         <v>33150</v>
       </c>
     </row>
-    <row r="15" spans="1:5" ht="15" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
-[...2 lines deleted...]
-      <c r="C15" s="10" t="s">
+    <row r="15" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A15" s="19"/>
+      <c r="B15" s="19"/>
+      <c r="C15" s="15" t="s">
         <v>45</v>
       </c>
-      <c r="D15" s="9">
-[...9 lines deleted...]
-      <c r="C16" s="10" t="s">
+      <c r="D15" s="4">
+        <v>24037415.640000001</v>
+      </c>
+      <c r="E15" s="3">
+        <v>9116092.7300000004</v>
+      </c>
+    </row>
+    <row r="16" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A16" s="19"/>
+      <c r="B16" s="19"/>
+      <c r="C16" s="15" t="s">
         <v>47</v>
       </c>
-      <c r="D16" s="9">
-[...9 lines deleted...]
-      <c r="C17" s="10" t="s">
+      <c r="D16" s="4">
+        <v>1489998.89</v>
+      </c>
+      <c r="E16" s="3">
+        <v>1158737.49</v>
+      </c>
+    </row>
+    <row r="17" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A17" s="19"/>
+      <c r="B17" s="19"/>
+      <c r="C17" s="15" t="s">
         <v>43</v>
       </c>
-      <c r="D17" s="9">
-[...9 lines deleted...]
-      <c r="C18" s="10" t="s">
+      <c r="D17" s="4">
+        <v>15598368.59</v>
+      </c>
+      <c r="E17" s="3">
+        <v>8704380.0399999991</v>
+      </c>
+    </row>
+    <row r="18" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A18" s="19"/>
+      <c r="B18" s="19"/>
+      <c r="C18" s="15" t="s">
         <v>58</v>
       </c>
-      <c r="D18" s="9">
+      <c r="D18" s="4">
         <v>15946.61</v>
       </c>
-      <c r="E18" s="8">
-[...6 lines deleted...]
-      <c r="C19" s="10" t="s">
+      <c r="E18" s="3">
+        <v>711</v>
+      </c>
+    </row>
+    <row r="19" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A19" s="19"/>
+      <c r="B19" s="19"/>
+      <c r="C19" s="15" t="s">
         <v>40</v>
       </c>
-      <c r="D19" s="9">
+      <c r="D19" s="4">
         <v>67567.33</v>
       </c>
-      <c r="E19" s="8">
+      <c r="E19" s="3">
         <v>60609.27</v>
       </c>
     </row>
-    <row r="20" spans="1:5" ht="15" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
-[...2 lines deleted...]
-      <c r="C20" s="10" t="s">
+    <row r="20" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A20" s="19"/>
+      <c r="B20" s="19"/>
+      <c r="C20" s="15" t="s">
         <v>49</v>
       </c>
-      <c r="D20" s="9">
+      <c r="D20" s="4">
         <v>29396.79</v>
       </c>
-      <c r="E20" s="8"/>
-[...4 lines deleted...]
-      <c r="C21" s="10" t="s">
+      <c r="E20" s="3"/>
+    </row>
+    <row r="21" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A21" s="19"/>
+      <c r="B21" s="19"/>
+      <c r="C21" s="15" t="s">
         <v>43</v>
       </c>
-      <c r="D21" s="9">
+      <c r="D21" s="4">
         <v>12250</v>
       </c>
-      <c r="E21" s="8">
+      <c r="E21" s="3">
         <v>12250</v>
       </c>
     </row>
-    <row r="22" spans="1:5" ht="15" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
-[...2 lines deleted...]
-      <c r="C22" s="10" t="s">
+    <row r="22" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A22" s="19"/>
+      <c r="B22" s="19"/>
+      <c r="C22" s="15" t="s">
         <v>41</v>
       </c>
-      <c r="D22" s="9">
-[...2 lines deleted...]
-      <c r="E22" s="8">
+      <c r="D22" s="4">
+        <v>185167.45</v>
+      </c>
+      <c r="E22" s="3">
         <v>102783.12</v>
       </c>
     </row>
-    <row r="23" spans="1:5" ht="15" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="B23" s="11" t="s">
+    <row r="23" spans="1:5" outlineLevel="1" x14ac:dyDescent="0.2">
+      <c r="A23" s="15"/>
+      <c r="B23" s="19" t="s">
         <v>52</v>
       </c>
-      <c r="C23" s="11"/>
-[...10 lines deleted...]
-      <c r="C24" s="10" t="s">
+      <c r="C23" s="19"/>
+      <c r="D23" s="1">
+        <v>204454955.40000001</v>
+      </c>
+      <c r="E23" s="2">
+        <v>147060994.49000001</v>
+      </c>
+    </row>
+    <row r="24" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A24" s="19"/>
+      <c r="B24" s="19"/>
+      <c r="C24" s="15" t="s">
         <v>46</v>
       </c>
-      <c r="D24" s="9">
-[...9 lines deleted...]
-      <c r="C25" s="10" t="s">
+      <c r="D24" s="4">
+        <v>669339.23</v>
+      </c>
+      <c r="E24" s="3">
+        <v>66291.08</v>
+      </c>
+    </row>
+    <row r="25" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A25" s="19"/>
+      <c r="B25" s="19"/>
+      <c r="C25" s="15" t="s">
         <v>55</v>
       </c>
-      <c r="D25" s="9">
+      <c r="D25" s="4">
         <v>0</v>
       </c>
-      <c r="E25" s="8"/>
-[...4 lines deleted...]
-      <c r="C26" s="10" t="s">
+      <c r="E25" s="3"/>
+    </row>
+    <row r="26" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A26" s="19"/>
+      <c r="B26" s="19"/>
+      <c r="C26" s="15" t="s">
         <v>54</v>
       </c>
-      <c r="D26" s="9">
+      <c r="D26" s="4">
         <v>97999999.959999993</v>
       </c>
-      <c r="E26" s="8">
-[...6 lines deleted...]
-      <c r="C27" s="10" t="s">
+      <c r="E26" s="3">
+        <v>58686227.039999999</v>
+      </c>
+    </row>
+    <row r="27" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A27" s="19"/>
+      <c r="B27" s="19"/>
+      <c r="C27" s="15" t="s">
         <v>75</v>
       </c>
-      <c r="D27" s="9">
+      <c r="D27" s="4">
         <v>1408086.67</v>
       </c>
-      <c r="E27" s="8"/>
-[...4 lines deleted...]
-      <c r="C28" s="10" t="s">
+      <c r="E27" s="3"/>
+    </row>
+    <row r="28" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A28" s="19"/>
+      <c r="B28" s="19"/>
+      <c r="C28" s="15" t="s">
         <v>47</v>
       </c>
-      <c r="D28" s="9">
-[...9 lines deleted...]
-      <c r="C29" s="10" t="s">
+      <c r="D28" s="4">
+        <v>96123862.140000001</v>
+      </c>
+      <c r="E28" s="3">
+        <v>82158007.140000001</v>
+      </c>
+    </row>
+    <row r="29" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A29" s="19"/>
+      <c r="B29" s="19"/>
+      <c r="C29" s="15" t="s">
         <v>43</v>
       </c>
-      <c r="D29" s="9">
-[...9 lines deleted...]
-      <c r="C30" s="10" t="s">
+      <c r="D29" s="4">
+        <v>7257829.3899999997</v>
+      </c>
+      <c r="E29" s="3">
+        <v>5528827.4800000004</v>
+      </c>
+    </row>
+    <row r="30" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A30" s="19"/>
+      <c r="B30" s="19"/>
+      <c r="C30" s="15" t="s">
         <v>58</v>
       </c>
-      <c r="D30" s="9">
+      <c r="D30" s="4">
         <v>534148.03</v>
       </c>
-      <c r="E30" s="8">
-[...6 lines deleted...]
-      <c r="C31" s="10" t="s">
+      <c r="E30" s="3">
+        <v>317152.36</v>
+      </c>
+    </row>
+    <row r="31" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A31" s="19"/>
+      <c r="B31" s="19"/>
+      <c r="C31" s="15" t="s">
         <v>40</v>
       </c>
-      <c r="D31" s="9">
+      <c r="D31" s="4">
         <v>15825.11</v>
       </c>
-      <c r="E31" s="8">
+      <c r="E31" s="3">
         <v>15825.11</v>
       </c>
     </row>
-    <row r="32" spans="1:5" ht="15" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
-[...2 lines deleted...]
-      <c r="C32" s="10" t="s">
+    <row r="32" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A32" s="19"/>
+      <c r="B32" s="19"/>
+      <c r="C32" s="15" t="s">
         <v>74</v>
       </c>
-      <c r="D32" s="9">
+      <c r="D32" s="4">
         <v>61778.48</v>
       </c>
-      <c r="E32" s="8">
-[...6 lines deleted...]
-      <c r="C33" s="10" t="s">
+      <c r="E32" s="3">
+        <v>51234.28</v>
+      </c>
+    </row>
+    <row r="33" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A33" s="19"/>
+      <c r="B33" s="19"/>
+      <c r="C33" s="15" t="s">
         <v>43</v>
       </c>
-      <c r="D33" s="9">
-[...2 lines deleted...]
-      <c r="E33" s="8">
+      <c r="D33" s="4">
+        <v>194656.39</v>
+      </c>
+      <c r="E33" s="3">
         <v>48000</v>
       </c>
     </row>
-    <row r="34" spans="1:5" ht="15" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
-[...2 lines deleted...]
-      <c r="C34" s="10" t="s">
+    <row r="34" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A34" s="19"/>
+      <c r="B34" s="19"/>
+      <c r="C34" s="15" t="s">
         <v>41</v>
       </c>
-      <c r="D34" s="9">
+      <c r="D34" s="4">
         <v>189430</v>
       </c>
-      <c r="E34" s="8">
+      <c r="E34" s="3">
         <v>189430</v>
       </c>
     </row>
-    <row r="35" spans="1:5" ht="15" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="B35" s="11" t="s">
+    <row r="35" spans="1:5" outlineLevel="1" x14ac:dyDescent="0.2">
+      <c r="A35" s="15"/>
+      <c r="B35" s="19" t="s">
         <v>51</v>
       </c>
-      <c r="C35" s="11"/>
-[...10 lines deleted...]
-      <c r="C36" s="10" t="s">
+      <c r="C35" s="19"/>
+      <c r="D35" s="1">
+        <v>7366684077.5</v>
+      </c>
+      <c r="E35" s="2">
+        <v>5648433968.6499996</v>
+      </c>
+    </row>
+    <row r="36" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A36" s="19"/>
+      <c r="B36" s="19"/>
+      <c r="C36" s="15" t="s">
         <v>73</v>
       </c>
-      <c r="D36" s="9">
-[...9 lines deleted...]
-      <c r="C37" s="10" t="s">
+      <c r="D36" s="4">
+        <v>1894210948</v>
+      </c>
+      <c r="E36" s="3">
+        <v>1572660711.1199999</v>
+      </c>
+    </row>
+    <row r="37" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A37" s="19"/>
+      <c r="B37" s="19"/>
+      <c r="C37" s="15" t="s">
         <v>72</v>
       </c>
-      <c r="D37" s="9">
-[...9 lines deleted...]
-      <c r="C38" s="10" t="s">
+      <c r="D37" s="4">
+        <v>500870000</v>
+      </c>
+      <c r="E37" s="3">
+        <v>416144522.04000002</v>
+      </c>
+    </row>
+    <row r="38" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A38" s="19"/>
+      <c r="B38" s="19"/>
+      <c r="C38" s="15" t="s">
         <v>71</v>
       </c>
-      <c r="D38" s="9">
+      <c r="D38" s="4">
         <v>39200000</v>
       </c>
-      <c r="E38" s="8">
-[...6 lines deleted...]
-      <c r="C39" s="10" t="s">
+      <c r="E38" s="3">
+        <v>36012150.68</v>
+      </c>
+    </row>
+    <row r="39" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A39" s="19"/>
+      <c r="B39" s="19"/>
+      <c r="C39" s="15" t="s">
         <v>70</v>
       </c>
-      <c r="D39" s="9">
-[...9 lines deleted...]
-      <c r="C40" s="10" t="s">
+      <c r="D39" s="4">
+        <v>3360080000</v>
+      </c>
+      <c r="E39" s="3">
+        <v>2386329762.9400001</v>
+      </c>
+    </row>
+    <row r="40" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A40" s="19"/>
+      <c r="B40" s="19"/>
+      <c r="C40" s="15" t="s">
         <v>69</v>
       </c>
-      <c r="D40" s="9">
-[...9 lines deleted...]
-      <c r="C41" s="10" t="s">
+      <c r="D40" s="4">
+        <v>100500000</v>
+      </c>
+      <c r="E40" s="3">
+        <v>83855164.090000004</v>
+      </c>
+    </row>
+    <row r="41" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A41" s="19"/>
+      <c r="B41" s="19"/>
+      <c r="C41" s="15" t="s">
         <v>40</v>
       </c>
-      <c r="D41" s="9">
+      <c r="D41" s="4">
         <v>28770000</v>
       </c>
-      <c r="E41" s="8">
-[...6 lines deleted...]
-      <c r="C42" s="10" t="s">
+      <c r="E41" s="3">
+        <v>12881374.15</v>
+      </c>
+    </row>
+    <row r="42" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A42" s="19"/>
+      <c r="B42" s="19"/>
+      <c r="C42" s="15" t="s">
         <v>68</v>
       </c>
-      <c r="D42" s="9">
+      <c r="D42" s="4">
         <v>65200000</v>
       </c>
-      <c r="E42" s="8">
-[...6 lines deleted...]
-      <c r="C43" s="10" t="s">
+      <c r="E42" s="3">
+        <v>29081470.289999999</v>
+      </c>
+    </row>
+    <row r="43" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A43" s="19"/>
+      <c r="B43" s="19"/>
+      <c r="C43" s="15" t="s">
         <v>67</v>
       </c>
-      <c r="D43" s="9">
+      <c r="D43" s="4">
         <v>4500000</v>
       </c>
-      <c r="E43" s="8">
-[...6 lines deleted...]
-      <c r="C44" s="10" t="s">
+      <c r="E43" s="3">
+        <v>3866222.37</v>
+      </c>
+    </row>
+    <row r="44" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A44" s="19"/>
+      <c r="B44" s="19"/>
+      <c r="C44" s="15" t="s">
         <v>66</v>
       </c>
-      <c r="D44" s="9">
+      <c r="D44" s="4">
         <v>550965920</v>
       </c>
-      <c r="E44" s="8">
-[...6 lines deleted...]
-      <c r="C45" s="10" t="s">
+      <c r="E44" s="3">
+        <v>386599163.51999998</v>
+      </c>
+    </row>
+    <row r="45" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A45" s="19"/>
+      <c r="B45" s="19"/>
+      <c r="C45" s="15" t="s">
         <v>40</v>
       </c>
-      <c r="D45" s="9">
+      <c r="D45" s="4">
         <v>2200000</v>
       </c>
-      <c r="E45" s="8">
+      <c r="E45" s="3">
         <v>910026.13</v>
       </c>
     </row>
-    <row r="46" spans="1:5" ht="15" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
-[...2 lines deleted...]
-      <c r="C46" s="10" t="s">
+    <row r="46" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A46" s="19"/>
+      <c r="B46" s="19"/>
+      <c r="C46" s="15" t="s">
         <v>65</v>
       </c>
-      <c r="D46" s="9">
+      <c r="D46" s="4">
         <v>20000</v>
       </c>
-      <c r="E46" s="8">
+      <c r="E46" s="3">
         <v>20000</v>
       </c>
     </row>
-    <row r="47" spans="1:5" ht="15" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
-[...2 lines deleted...]
-      <c r="C47" s="10" t="s">
+    <row r="47" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A47" s="19"/>
+      <c r="B47" s="19"/>
+      <c r="C47" s="15" t="s">
         <v>65</v>
       </c>
-      <c r="D47" s="9">
+      <c r="D47" s="4">
         <v>1428653.08</v>
       </c>
-      <c r="E47" s="8">
+      <c r="E47" s="3">
         <v>1428653.08</v>
       </c>
     </row>
-    <row r="48" spans="1:5" ht="15" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
-[...2 lines deleted...]
-      <c r="C48" s="10" t="s">
+    <row r="48" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A48" s="19"/>
+      <c r="B48" s="19"/>
+      <c r="C48" s="15" t="s">
         <v>64</v>
       </c>
-      <c r="D48" s="9">
+      <c r="D48" s="4">
         <v>41110000</v>
       </c>
-      <c r="E48" s="8">
-[...6 lines deleted...]
-      <c r="C49" s="10" t="s">
+      <c r="E48" s="3">
+        <v>36678920.390000001</v>
+      </c>
+    </row>
+    <row r="49" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A49" s="19"/>
+      <c r="B49" s="19"/>
+      <c r="C49" s="15" t="s">
         <v>63</v>
       </c>
-      <c r="D49" s="9">
-[...9 lines deleted...]
-      <c r="C50" s="10" t="s">
+      <c r="D49" s="4">
+        <v>9648000</v>
+      </c>
+      <c r="E49" s="3">
+        <v>8579692.5500000007</v>
+      </c>
+    </row>
+    <row r="50" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A50" s="19"/>
+      <c r="B50" s="19"/>
+      <c r="C50" s="15" t="s">
         <v>54</v>
       </c>
-      <c r="D50" s="9">
-[...9 lines deleted...]
-      <c r="C51" s="10" t="s">
+      <c r="D50" s="4">
+        <v>3816649.6</v>
+      </c>
+      <c r="E50" s="3">
+        <v>760380.69</v>
+      </c>
+    </row>
+    <row r="51" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A51" s="19"/>
+      <c r="B51" s="19"/>
+      <c r="C51" s="15" t="s">
         <v>50</v>
       </c>
-      <c r="D51" s="9">
+      <c r="D51" s="4">
         <v>5367000</v>
       </c>
-      <c r="E51" s="8">
-[...6 lines deleted...]
-      <c r="C52" s="10" t="s">
+      <c r="E51" s="3">
+        <v>3263149.44</v>
+      </c>
+    </row>
+    <row r="52" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A52" s="19"/>
+      <c r="B52" s="19"/>
+      <c r="C52" s="15" t="s">
         <v>47</v>
       </c>
-      <c r="D52" s="9">
+      <c r="D52" s="4">
         <v>191348259.41999999</v>
       </c>
-      <c r="E52" s="8">
-[...6 lines deleted...]
-      <c r="C53" s="10" t="s">
+      <c r="E52" s="3">
+        <v>186074365.19999999</v>
+      </c>
+    </row>
+    <row r="53" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A53" s="19"/>
+      <c r="B53" s="19"/>
+      <c r="C53" s="15" t="s">
         <v>62</v>
       </c>
-      <c r="D53" s="9">
+      <c r="D53" s="4">
         <v>282400000</v>
       </c>
-      <c r="E53" s="8">
-[...6 lines deleted...]
-      <c r="C54" s="10" t="s">
+      <c r="E53" s="3">
+        <v>255799518.47</v>
+      </c>
+    </row>
+    <row r="54" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A54" s="19"/>
+      <c r="B54" s="19"/>
+      <c r="C54" s="15" t="s">
         <v>58</v>
       </c>
-      <c r="D54" s="9">
-[...9 lines deleted...]
-      <c r="C55" s="10" t="s">
+      <c r="D54" s="4">
+        <v>203034.01</v>
+      </c>
+      <c r="E54" s="3">
+        <v>203034.01</v>
+      </c>
+    </row>
+    <row r="55" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A55" s="19"/>
+      <c r="B55" s="19"/>
+      <c r="C55" s="15" t="s">
         <v>61</v>
       </c>
-      <c r="D55" s="9">
+      <c r="D55" s="4">
         <v>1909616</v>
       </c>
-      <c r="E55" s="8">
-[...6 lines deleted...]
-      <c r="C56" s="10" t="s">
+      <c r="E55" s="3">
+        <v>1245969.1299999999</v>
+      </c>
+    </row>
+    <row r="56" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A56" s="19"/>
+      <c r="B56" s="19"/>
+      <c r="C56" s="15" t="s">
         <v>60</v>
       </c>
-      <c r="D56" s="9">
+      <c r="D56" s="4">
         <v>77000</v>
       </c>
-      <c r="E56" s="8">
-[...6 lines deleted...]
-      <c r="C57" s="10" t="s">
+      <c r="E56" s="3">
+        <v>66792</v>
+      </c>
+    </row>
+    <row r="57" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A57" s="19"/>
+      <c r="B57" s="19"/>
+      <c r="C57" s="15" t="s">
         <v>40</v>
       </c>
-      <c r="D57" s="9">
-[...9 lines deleted...]
-      <c r="C58" s="10" t="s">
+      <c r="D57" s="4">
+        <v>17975038.969999999</v>
+      </c>
+      <c r="E57" s="3">
+        <v>17411501.940000001</v>
+      </c>
+    </row>
+    <row r="58" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A58" s="19"/>
+      <c r="B58" s="19"/>
+      <c r="C58" s="15" t="s">
         <v>49</v>
       </c>
-      <c r="D58" s="9">
-[...9 lines deleted...]
-      <c r="C59" s="10" t="s">
+      <c r="D58" s="4">
+        <v>264461475.75999999</v>
+      </c>
+      <c r="E58" s="3">
+        <v>208138969.83000001</v>
+      </c>
+    </row>
+    <row r="59" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A59" s="19"/>
+      <c r="B59" s="19"/>
+      <c r="C59" s="15" t="s">
         <v>59</v>
       </c>
-      <c r="D59" s="9">
-[...9 lines deleted...]
-      <c r="C60" s="10" t="s">
+      <c r="D59" s="4">
+        <v>422322</v>
+      </c>
+      <c r="E59" s="3">
+        <v>422293.93</v>
+      </c>
+    </row>
+    <row r="60" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A60" s="19"/>
+      <c r="B60" s="19"/>
+      <c r="C60" s="15" t="s">
         <v>58</v>
       </c>
-      <c r="D60" s="9">
+      <c r="D60" s="4">
         <v>160.66</v>
       </c>
-      <c r="E60" s="8">
+      <c r="E60" s="3">
         <v>160.66</v>
       </c>
     </row>
-    <row r="61" spans="1:5" ht="15" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="B61" s="11" t="s">
+    <row r="61" spans="1:5" outlineLevel="1" x14ac:dyDescent="0.2">
+      <c r="A61" s="15"/>
+      <c r="B61" s="19" t="s">
         <v>57</v>
       </c>
-      <c r="C61" s="11"/>
-[...10 lines deleted...]
-      <c r="C62" s="10" t="s">
+      <c r="C61" s="19"/>
+      <c r="D61" s="1">
+        <v>4803008.3</v>
+      </c>
+      <c r="E61" s="2">
+        <v>4555230.8499999996</v>
+      </c>
+    </row>
+    <row r="62" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A62" s="19"/>
+      <c r="B62" s="19"/>
+      <c r="C62" s="15" t="s">
         <v>46</v>
       </c>
-      <c r="D62" s="9">
-[...9 lines deleted...]
-      <c r="C63" s="10" t="s">
+      <c r="D62" s="4">
+        <v>1627717.3</v>
+      </c>
+      <c r="E62" s="3">
+        <v>1552631.37</v>
+      </c>
+    </row>
+    <row r="63" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A63" s="19"/>
+      <c r="B63" s="19"/>
+      <c r="C63" s="15" t="s">
         <v>56</v>
       </c>
-      <c r="D63" s="9">
-[...9 lines deleted...]
-      <c r="C64" s="10" t="s">
+      <c r="D63" s="4">
+        <v>85642.43</v>
+      </c>
+      <c r="E63" s="3">
+        <v>79642.429999999993</v>
+      </c>
+    </row>
+    <row r="64" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A64" s="19"/>
+      <c r="B64" s="19"/>
+      <c r="C64" s="15" t="s">
         <v>54</v>
       </c>
-      <c r="D64" s="9">
-[...9 lines deleted...]
-      <c r="C65" s="10" t="s">
+      <c r="D64" s="4">
+        <v>2203984.25</v>
+      </c>
+      <c r="E64" s="3">
+        <v>2066163.22</v>
+      </c>
+    </row>
+    <row r="65" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A65" s="19"/>
+      <c r="B65" s="19"/>
+      <c r="C65" s="15" t="s">
         <v>47</v>
       </c>
-      <c r="D65" s="9">
-[...9 lines deleted...]
-      <c r="C66" s="10" t="s">
+      <c r="D65" s="4">
+        <v>866098.94</v>
+      </c>
+      <c r="E65" s="3">
+        <v>844228.45</v>
+      </c>
+    </row>
+    <row r="66" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A66" s="19"/>
+      <c r="B66" s="19"/>
+      <c r="C66" s="15" t="s">
         <v>43</v>
       </c>
-      <c r="D66" s="9">
-[...9 lines deleted...]
-      <c r="C67" s="10" t="s">
+      <c r="D66" s="4">
+        <v>19565.38</v>
+      </c>
+      <c r="E66" s="3">
+        <v>12565.38</v>
+      </c>
+    </row>
+    <row r="67" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A67" s="19"/>
+      <c r="B67" s="19"/>
+      <c r="C67" s="15" t="s">
         <v>49</v>
       </c>
-      <c r="D67" s="9">
+      <c r="D67" s="4">
         <v>0</v>
       </c>
-      <c r="E67" s="8"/>
-[...3 lines deleted...]
-      <c r="B68" s="11" t="s">
+      <c r="E67" s="3"/>
+    </row>
+    <row r="68" spans="1:5" outlineLevel="1" x14ac:dyDescent="0.2">
+      <c r="A68" s="15"/>
+      <c r="B68" s="19" t="s">
         <v>48</v>
       </c>
-      <c r="C68" s="11"/>
-[...10 lines deleted...]
-      <c r="C69" s="10" t="s">
+      <c r="C68" s="19"/>
+      <c r="D68" s="1">
+        <v>480905586.69</v>
+      </c>
+      <c r="E68" s="2">
+        <v>326454541.10000002</v>
+      </c>
+    </row>
+    <row r="69" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A69" s="19"/>
+      <c r="B69" s="19"/>
+      <c r="C69" s="15" t="s">
         <v>46</v>
       </c>
-      <c r="D69" s="9">
-[...9 lines deleted...]
-      <c r="C70" s="10" t="s">
+      <c r="D69" s="4">
+        <v>23212345.879999999</v>
+      </c>
+      <c r="E69" s="3">
+        <v>12672285.26</v>
+      </c>
+    </row>
+    <row r="70" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A70" s="19"/>
+      <c r="B70" s="19"/>
+      <c r="C70" s="15" t="s">
         <v>55</v>
       </c>
-      <c r="D70" s="9">
-[...7 lines deleted...]
-      <c r="C71" s="10" t="s">
+      <c r="D70" s="4">
+        <v>14133</v>
+      </c>
+      <c r="E70" s="3"/>
+    </row>
+    <row r="71" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A71" s="19"/>
+      <c r="B71" s="19"/>
+      <c r="C71" s="15" t="s">
+        <v>56</v>
+      </c>
+      <c r="D71" s="4">
+        <v>19552.5</v>
+      </c>
+      <c r="E71" s="3"/>
+    </row>
+    <row r="72" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A72" s="19"/>
+      <c r="B72" s="19"/>
+      <c r="C72" s="15" t="s">
         <v>54</v>
       </c>
-      <c r="D71" s="9">
-[...9 lines deleted...]
-      <c r="C72" s="10" t="s">
+      <c r="D72" s="4">
+        <v>15809046.26</v>
+      </c>
+      <c r="E72" s="3">
+        <v>11552075.939999999</v>
+      </c>
+    </row>
+    <row r="73" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A73" s="19"/>
+      <c r="B73" s="19"/>
+      <c r="C73" s="15" t="s">
         <v>45</v>
       </c>
-      <c r="D72" s="9">
-[...9 lines deleted...]
-      <c r="C73" s="10" t="s">
+      <c r="D73" s="4">
+        <v>316035183.20999998</v>
+      </c>
+      <c r="E73" s="3">
+        <v>238207871.12</v>
+      </c>
+    </row>
+    <row r="74" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A74" s="19"/>
+      <c r="B74" s="19"/>
+      <c r="C74" s="15" t="s">
         <v>47</v>
       </c>
-      <c r="D73" s="9">
-[...9 lines deleted...]
-      <c r="C74" s="10" t="s">
+      <c r="D74" s="4">
+        <v>15734845.869999999</v>
+      </c>
+      <c r="E74" s="3">
+        <v>8443465.0399999991</v>
+      </c>
+    </row>
+    <row r="75" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A75" s="19"/>
+      <c r="B75" s="19"/>
+      <c r="C75" s="15" t="s">
         <v>43</v>
       </c>
-      <c r="D74" s="9">
-[...9 lines deleted...]
-      <c r="C75" s="10" t="s">
+      <c r="D75" s="4">
+        <v>79936422.989999995</v>
+      </c>
+      <c r="E75" s="3">
+        <v>45451220.270000003</v>
+      </c>
+    </row>
+    <row r="76" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A76" s="19"/>
+      <c r="B76" s="19"/>
+      <c r="C76" s="15" t="s">
         <v>40</v>
       </c>
-      <c r="D75" s="9">
-[...9 lines deleted...]
-      <c r="C76" s="10" t="s">
+      <c r="D76" s="4">
+        <v>4333098.68</v>
+      </c>
+      <c r="E76" s="3">
+        <v>3415645.69</v>
+      </c>
+    </row>
+    <row r="77" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A77" s="19"/>
+      <c r="B77" s="19"/>
+      <c r="C77" s="15" t="s">
         <v>46</v>
       </c>
-      <c r="D76" s="9">
-[...2 lines deleted...]
-      <c r="E76" s="8">
+      <c r="D77" s="4">
+        <v>1983548.93</v>
+      </c>
+      <c r="E77" s="3">
         <v>800082.5</v>
       </c>
     </row>
-    <row r="77" spans="1:5" ht="15" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
-[...2 lines deleted...]
-      <c r="C77" s="10" t="s">
+    <row r="78" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A78" s="19"/>
+      <c r="B78" s="19"/>
+      <c r="C78" s="15" t="s">
         <v>45</v>
       </c>
-      <c r="D77" s="9">
-[...9 lines deleted...]
-      <c r="C78" s="10" t="s">
+      <c r="D78" s="4">
+        <v>6565927.79</v>
+      </c>
+      <c r="E78" s="3">
+        <v>2415510.5699999998</v>
+      </c>
+    </row>
+    <row r="79" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A79" s="19"/>
+      <c r="B79" s="19"/>
+      <c r="C79" s="15" t="s">
         <v>44</v>
       </c>
-      <c r="D78" s="9">
-[...9 lines deleted...]
-      <c r="C79" s="10" t="s">
+      <c r="D79" s="4">
+        <v>287439.07</v>
+      </c>
+      <c r="E79" s="3">
+        <v>67423.679999999993</v>
+      </c>
+    </row>
+    <row r="80" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A80" s="19"/>
+      <c r="B80" s="19"/>
+      <c r="C80" s="15" t="s">
         <v>43</v>
       </c>
-      <c r="D79" s="9">
+      <c r="D80" s="4">
         <v>2710012.7</v>
       </c>
-      <c r="E79" s="8">
-[...6 lines deleted...]
-      <c r="C80" s="10" t="s">
+      <c r="E80" s="3">
+        <v>434675.7</v>
+      </c>
+    </row>
+    <row r="81" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A81" s="19"/>
+      <c r="B81" s="19"/>
+      <c r="C81" s="15" t="s">
         <v>42</v>
       </c>
-      <c r="D80" s="9">
-[...9 lines deleted...]
-      <c r="C81" s="10" t="s">
+      <c r="D81" s="4">
+        <v>3316772.45</v>
+      </c>
+      <c r="E81" s="3">
+        <v>1653509.8</v>
+      </c>
+    </row>
+    <row r="82" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A82" s="19"/>
+      <c r="B82" s="19"/>
+      <c r="C82" s="15" t="s">
         <v>41</v>
       </c>
-      <c r="D81" s="9">
-[...9 lines deleted...]
-      <c r="C82" s="10" t="s">
+      <c r="D82" s="4">
+        <v>10845751.189999999</v>
+      </c>
+      <c r="E82" s="3">
+        <v>1262827</v>
+      </c>
+    </row>
+    <row r="83" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A83" s="19"/>
+      <c r="B83" s="19"/>
+      <c r="C83" s="15" t="s">
         <v>40</v>
       </c>
-      <c r="D82" s="9">
+      <c r="D83" s="4">
         <v>101506.17</v>
       </c>
-      <c r="E82" s="8">
-[...4 lines deleted...]
-      <c r="A83" s="11" t="s">
+      <c r="E83" s="3">
+        <v>77948.53</v>
+      </c>
+    </row>
+    <row r="84" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A84" s="19" t="s">
         <v>20</v>
       </c>
-      <c r="B83" s="11"/>
-[...10 lines deleted...]
-      <c r="B84" s="11" t="s">
+      <c r="B84" s="19"/>
+      <c r="C84" s="19"/>
+      <c r="D84" s="1">
+        <v>12176015.119999999</v>
+      </c>
+      <c r="E84" s="2">
+        <v>11520957.539999999</v>
+      </c>
+    </row>
+    <row r="85" spans="1:5" outlineLevel="1" x14ac:dyDescent="0.2">
+      <c r="A85" s="15"/>
+      <c r="B85" s="19" t="s">
         <v>53</v>
       </c>
-      <c r="C84" s="11"/>
-      <c r="D84" s="2">
+      <c r="C85" s="19"/>
+      <c r="D85" s="1">
         <v>139796.68</v>
       </c>
-      <c r="E84" s="3">
+      <c r="E85" s="2">
         <v>139796.68</v>
       </c>
     </row>
-    <row r="85" spans="1:5" ht="15" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
-[...2 lines deleted...]
-      <c r="C85" s="10" t="s">
+    <row r="86" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A86" s="19"/>
+      <c r="B86" s="19"/>
+      <c r="C86" s="15" t="s">
         <v>46</v>
       </c>
-      <c r="D85" s="9">
+      <c r="D86" s="4">
         <v>9588.8799999999992</v>
       </c>
-      <c r="E85" s="8">
+      <c r="E86" s="3">
         <v>9588.8799999999992</v>
       </c>
     </row>
-    <row r="86" spans="1:5" ht="15" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
-[...2 lines deleted...]
-      <c r="C86" s="10" t="s">
+    <row r="87" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A87" s="19"/>
+      <c r="B87" s="19"/>
+      <c r="C87" s="15" t="s">
         <v>41</v>
       </c>
-      <c r="D86" s="9">
+      <c r="D87" s="4">
         <v>130207.8</v>
       </c>
-      <c r="E86" s="8">
+      <c r="E87" s="3">
         <v>130207.8</v>
       </c>
     </row>
-    <row r="87" spans="1:5" ht="15" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="B87" s="11" t="s">
+    <row r="88" spans="1:5" outlineLevel="1" x14ac:dyDescent="0.2">
+      <c r="A88" s="15"/>
+      <c r="B88" s="19" t="s">
         <v>52</v>
       </c>
-      <c r="C87" s="11"/>
-[...10 lines deleted...]
-      <c r="C88" s="10" t="s">
+      <c r="C88" s="19"/>
+      <c r="D88" s="1">
+        <v>844032.7</v>
+      </c>
+      <c r="E88" s="2">
+        <v>619780.09</v>
+      </c>
+    </row>
+    <row r="89" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A89" s="19"/>
+      <c r="B89" s="19"/>
+      <c r="C89" s="15" t="s">
+        <v>50</v>
+      </c>
+      <c r="D89" s="4">
+        <v>694.1</v>
+      </c>
+      <c r="E89" s="3"/>
+    </row>
+    <row r="90" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A90" s="19"/>
+      <c r="B90" s="19"/>
+      <c r="C90" s="15" t="s">
         <v>47</v>
       </c>
-      <c r="D88" s="9">
-[...9 lines deleted...]
-      <c r="C89" s="10" t="s">
+      <c r="D90" s="4">
+        <v>675832.6</v>
+      </c>
+      <c r="E90" s="3">
+        <v>483254.09</v>
+      </c>
+    </row>
+    <row r="91" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A91" s="19"/>
+      <c r="B91" s="19"/>
+      <c r="C91" s="15" t="s">
         <v>43</v>
       </c>
-      <c r="D89" s="9">
+      <c r="D91" s="4">
         <v>167506</v>
       </c>
-      <c r="E89" s="8">
-[...5 lines deleted...]
-      <c r="B90" s="11" t="s">
+      <c r="E91" s="3">
+        <v>136526</v>
+      </c>
+    </row>
+    <row r="92" spans="1:5" outlineLevel="1" x14ac:dyDescent="0.2">
+      <c r="A92" s="15"/>
+      <c r="B92" s="19" t="s">
         <v>51</v>
       </c>
-      <c r="C90" s="11"/>
-[...10 lines deleted...]
-      <c r="C91" s="10" t="s">
+      <c r="C92" s="19"/>
+      <c r="D92" s="1">
+        <v>4176813.43</v>
+      </c>
+      <c r="E92" s="2">
+        <v>3746008.47</v>
+      </c>
+    </row>
+    <row r="93" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A93" s="19"/>
+      <c r="B93" s="19"/>
+      <c r="C93" s="15" t="s">
         <v>50</v>
       </c>
-      <c r="D91" s="9">
-[...9 lines deleted...]
-      <c r="C92" s="10" t="s">
+      <c r="D93" s="4">
+        <v>34010.9</v>
+      </c>
+      <c r="E93" s="3">
+        <v>32483.25</v>
+      </c>
+    </row>
+    <row r="94" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A94" s="19"/>
+      <c r="B94" s="19"/>
+      <c r="C94" s="15" t="s">
         <v>40</v>
       </c>
-      <c r="D92" s="9">
+      <c r="D94" s="4">
         <v>142618.35</v>
       </c>
-      <c r="E92" s="8">
+      <c r="E94" s="3">
         <v>142618.35</v>
       </c>
     </row>
-    <row r="93" spans="1:5" ht="15" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
-[...2 lines deleted...]
-      <c r="C93" s="10" t="s">
+    <row r="95" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A95" s="19"/>
+      <c r="B95" s="19"/>
+      <c r="C95" s="15" t="s">
         <v>49</v>
       </c>
-      <c r="D93" s="9">
-[...8 lines deleted...]
-      <c r="B94" s="11" t="s">
+      <c r="D95" s="4">
+        <v>4000045.36</v>
+      </c>
+      <c r="E95" s="3">
+        <v>3570906.87</v>
+      </c>
+    </row>
+    <row r="96" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A96" s="19"/>
+      <c r="B96" s="19"/>
+      <c r="C96" s="15" t="s">
+        <v>59</v>
+      </c>
+      <c r="D96" s="4">
+        <v>138.82</v>
+      </c>
+      <c r="E96" s="3"/>
+    </row>
+    <row r="97" spans="1:5" outlineLevel="1" x14ac:dyDescent="0.2">
+      <c r="A97" s="15"/>
+      <c r="B97" s="19" t="s">
         <v>48</v>
       </c>
-      <c r="C94" s="11"/>
-      <c r="D94" s="2">
+      <c r="C97" s="19"/>
+      <c r="D97" s="1">
         <v>7015372.3099999996</v>
       </c>
-      <c r="E94" s="3">
+      <c r="E97" s="2">
         <v>7015372.2999999998</v>
       </c>
     </row>
-    <row r="95" spans="1:5" ht="15" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
-[...2 lines deleted...]
-      <c r="C95" s="10" t="s">
+    <row r="98" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A98" s="19"/>
+      <c r="B98" s="19"/>
+      <c r="C98" s="15" t="s">
         <v>46</v>
       </c>
-      <c r="D95" s="9">
+      <c r="D98" s="4">
         <v>7450</v>
       </c>
-      <c r="E95" s="8">
+      <c r="E98" s="3">
         <v>7450</v>
       </c>
     </row>
-    <row r="96" spans="1:5" ht="15" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
-[...2 lines deleted...]
-      <c r="C96" s="10" t="s">
+    <row r="99" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A99" s="19"/>
+      <c r="B99" s="19"/>
+      <c r="C99" s="15" t="s">
         <v>47</v>
       </c>
-      <c r="D96" s="9">
+      <c r="D99" s="4">
         <v>0</v>
       </c>
-      <c r="E96" s="8"/>
-[...4 lines deleted...]
-      <c r="C97" s="10" t="s">
+      <c r="E99" s="3"/>
+    </row>
+    <row r="100" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A100" s="19"/>
+      <c r="B100" s="19"/>
+      <c r="C100" s="15" t="s">
         <v>43</v>
       </c>
-      <c r="D97" s="9">
+      <c r="D100" s="4">
         <v>4192569.6</v>
       </c>
-      <c r="E97" s="8">
+      <c r="E100" s="3">
         <v>4192569.6</v>
       </c>
     </row>
-    <row r="98" spans="1:5" ht="15" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
-[...2 lines deleted...]
-      <c r="C98" s="10" t="s">
+    <row r="101" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A101" s="19"/>
+      <c r="B101" s="19"/>
+      <c r="C101" s="15" t="s">
         <v>46</v>
       </c>
-      <c r="D98" s="9">
+      <c r="D101" s="4">
         <v>296</v>
       </c>
-      <c r="E98" s="8">
+      <c r="E101" s="3">
         <v>296</v>
       </c>
     </row>
-    <row r="99" spans="1:5" ht="15" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
-[...2 lines deleted...]
-      <c r="C99" s="10" t="s">
+    <row r="102" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A102" s="19"/>
+      <c r="B102" s="19"/>
+      <c r="C102" s="15" t="s">
         <v>45</v>
       </c>
-      <c r="D99" s="9">
+      <c r="D102" s="4">
         <v>363791.89</v>
       </c>
-      <c r="E99" s="8">
+      <c r="E102" s="3">
         <v>363791.89</v>
       </c>
     </row>
-    <row r="100" spans="1:5" ht="15" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
-[...2 lines deleted...]
-      <c r="C100" s="10" t="s">
+    <row r="103" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A103" s="19"/>
+      <c r="B103" s="19"/>
+      <c r="C103" s="15" t="s">
         <v>44</v>
       </c>
-      <c r="D100" s="9">
+      <c r="D103" s="4">
         <v>0</v>
       </c>
-      <c r="E100" s="8"/>
-[...4 lines deleted...]
-      <c r="C101" s="10" t="s">
+      <c r="E103" s="3"/>
+    </row>
+    <row r="104" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A104" s="19"/>
+      <c r="B104" s="19"/>
+      <c r="C104" s="15" t="s">
         <v>43</v>
       </c>
-      <c r="D101" s="9">
+      <c r="D104" s="4">
         <v>1112540.42</v>
       </c>
-      <c r="E101" s="8">
+      <c r="E104" s="3">
         <v>1112540.42</v>
       </c>
     </row>
-    <row r="102" spans="1:5" ht="15" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
-[...2 lines deleted...]
-      <c r="C102" s="10" t="s">
+    <row r="105" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A105" s="19"/>
+      <c r="B105" s="19"/>
+      <c r="C105" s="15" t="s">
         <v>42</v>
       </c>
-      <c r="D102" s="9">
+      <c r="D105" s="4">
         <v>0</v>
       </c>
-      <c r="E102" s="8"/>
-[...4 lines deleted...]
-      <c r="C103" s="10" t="s">
+      <c r="E105" s="3"/>
+    </row>
+    <row r="106" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A106" s="19"/>
+      <c r="B106" s="19"/>
+      <c r="C106" s="15" t="s">
         <v>41</v>
       </c>
-      <c r="D103" s="9">
+      <c r="D106" s="4">
         <v>1096437.68</v>
       </c>
-      <c r="E103" s="8">
+      <c r="E106" s="3">
         <v>1096437.67</v>
       </c>
     </row>
-    <row r="104" spans="1:5" ht="15" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
-[...2 lines deleted...]
-      <c r="C104" s="10" t="s">
+    <row r="107" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A107" s="19"/>
+      <c r="B107" s="19"/>
+      <c r="C107" s="15" t="s">
         <v>40</v>
       </c>
-      <c r="D104" s="9">
+      <c r="D107" s="4">
         <v>242286.72</v>
       </c>
-      <c r="E104" s="8">
+      <c r="E107" s="3">
         <v>242286.72</v>
       </c>
     </row>
-    <row r="105" spans="1:5" ht="15" customHeight="1" collapsed="1" x14ac:dyDescent="0.2">
-      <c r="A105" s="7" t="s">
+    <row r="108" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A108" s="16" t="s">
         <v>11</v>
       </c>
-      <c r="B105" s="7"/>
-[...16 lines deleted...]
-        <v>109</v>
+      <c r="B108" s="16"/>
+      <c r="C108" s="16"/>
+      <c r="D108" s="1">
+        <v>8161545491.7799997</v>
+      </c>
+      <c r="E108" s="2">
+        <v>6159752376.5200005</v>
+      </c>
+    </row>
+    <row r="109" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A109" s="14" t="s">
+        <v>107</v>
+      </c>
+      <c r="B109" s="13"/>
+      <c r="C109" s="13"/>
+      <c r="D109" s="13"/>
+      <c r="E109" s="12" t="s">
+        <v>119</v>
       </c>
     </row>
   </sheetData>
-  <mergeCells count="102">
-[...2 lines deleted...]
-    <mergeCell ref="A1:E1"/>
+  <mergeCells count="105">
+    <mergeCell ref="A105:B105"/>
+    <mergeCell ref="A106:B106"/>
+    <mergeCell ref="A107:B107"/>
+    <mergeCell ref="A108:C108"/>
     <mergeCell ref="A3:E3"/>
-    <mergeCell ref="A18:B18"/>
-[...11 lines deleted...]
-    <mergeCell ref="A17:B17"/>
+    <mergeCell ref="A99:B99"/>
+    <mergeCell ref="A100:B100"/>
+    <mergeCell ref="A101:B101"/>
+    <mergeCell ref="A102:B102"/>
+    <mergeCell ref="A103:B103"/>
+    <mergeCell ref="A104:B104"/>
+    <mergeCell ref="A93:B93"/>
+    <mergeCell ref="A94:B94"/>
+    <mergeCell ref="A95:B95"/>
+    <mergeCell ref="A96:B96"/>
+    <mergeCell ref="B97:C97"/>
+    <mergeCell ref="A98:B98"/>
+    <mergeCell ref="A87:B87"/>
+    <mergeCell ref="B88:C88"/>
+    <mergeCell ref="A89:B89"/>
+    <mergeCell ref="A90:B90"/>
+    <mergeCell ref="A91:B91"/>
+    <mergeCell ref="B92:C92"/>
+    <mergeCell ref="A81:B81"/>
+    <mergeCell ref="A82:B82"/>
+    <mergeCell ref="A83:B83"/>
+    <mergeCell ref="A84:C84"/>
+    <mergeCell ref="B85:C85"/>
+    <mergeCell ref="A86:B86"/>
+    <mergeCell ref="A75:B75"/>
+    <mergeCell ref="A76:B76"/>
+    <mergeCell ref="A77:B77"/>
+    <mergeCell ref="A78:B78"/>
+    <mergeCell ref="A79:B79"/>
+    <mergeCell ref="A80:B80"/>
+    <mergeCell ref="A69:B69"/>
+    <mergeCell ref="A70:B70"/>
+    <mergeCell ref="A71:B71"/>
+    <mergeCell ref="A72:B72"/>
+    <mergeCell ref="A73:B73"/>
+    <mergeCell ref="A74:B74"/>
+    <mergeCell ref="A63:B63"/>
+    <mergeCell ref="A64:B64"/>
+    <mergeCell ref="A65:B65"/>
+    <mergeCell ref="A66:B66"/>
+    <mergeCell ref="A67:B67"/>
+    <mergeCell ref="B68:C68"/>
+    <mergeCell ref="A57:B57"/>
+    <mergeCell ref="A58:B58"/>
+    <mergeCell ref="A59:B59"/>
+    <mergeCell ref="A60:B60"/>
+    <mergeCell ref="B61:C61"/>
+    <mergeCell ref="A62:B62"/>
+    <mergeCell ref="A51:B51"/>
+    <mergeCell ref="A52:B52"/>
+    <mergeCell ref="A53:B53"/>
+    <mergeCell ref="A54:B54"/>
+    <mergeCell ref="A55:B55"/>
+    <mergeCell ref="A56:B56"/>
+    <mergeCell ref="A45:B45"/>
+    <mergeCell ref="A46:B46"/>
+    <mergeCell ref="A47:B47"/>
+    <mergeCell ref="A48:B48"/>
+    <mergeCell ref="A49:B49"/>
+    <mergeCell ref="A50:B50"/>
+    <mergeCell ref="A39:B39"/>
+    <mergeCell ref="A40:B40"/>
+    <mergeCell ref="A41:B41"/>
+    <mergeCell ref="A42:B42"/>
+    <mergeCell ref="A43:B43"/>
+    <mergeCell ref="A44:B44"/>
+    <mergeCell ref="A33:B33"/>
+    <mergeCell ref="A34:B34"/>
+    <mergeCell ref="B35:C35"/>
+    <mergeCell ref="A36:B36"/>
+    <mergeCell ref="A37:B37"/>
     <mergeCell ref="A38:B38"/>
+    <mergeCell ref="A27:B27"/>
+    <mergeCell ref="A28:B28"/>
+    <mergeCell ref="A29:B29"/>
+    <mergeCell ref="A30:B30"/>
+    <mergeCell ref="A31:B31"/>
+    <mergeCell ref="A32:B32"/>
     <mergeCell ref="A21:B21"/>
     <mergeCell ref="A22:B22"/>
     <mergeCell ref="B23:C23"/>
     <mergeCell ref="A24:B24"/>
     <mergeCell ref="A25:B25"/>
     <mergeCell ref="A26:B26"/>
-    <mergeCell ref="A27:B27"/>
-[...76 lines deleted...]
-    <mergeCell ref="A97:B97"/>
+    <mergeCell ref="A15:B15"/>
+    <mergeCell ref="A16:B16"/>
+    <mergeCell ref="A17:B17"/>
+    <mergeCell ref="A18:B18"/>
+    <mergeCell ref="A19:B19"/>
+    <mergeCell ref="A20:B20"/>
+    <mergeCell ref="A9:B9"/>
+    <mergeCell ref="B10:C10"/>
+    <mergeCell ref="A11:B11"/>
+    <mergeCell ref="A12:B12"/>
+    <mergeCell ref="A13:B13"/>
+    <mergeCell ref="A14:B14"/>
+    <mergeCell ref="A1:E1"/>
+    <mergeCell ref="A6:C6"/>
+    <mergeCell ref="B7:C7"/>
+    <mergeCell ref="A8:B8"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
-  <pageMargins left="0.31496062992125984" right="0.11811023622047245" top="0.59055118110236227" bottom="0.59055118110236227" header="0.31496062992125984" footer="0.31496062992125984"/>
-  <pageSetup paperSize="9" scale="61" fitToHeight="0" orientation="portrait" r:id="rId1"/>
+  <pageMargins left="0.51181102362204722" right="0.51181102362204722" top="0.78740157480314965" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.31496062992125984"/>
+  <pageSetup paperSize="9" scale="76" fitToHeight="0" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
-    <outlinePr summaryBelow="0"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:H37"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" topLeftCell="B13" workbookViewId="0">
-      <selection activeCell="E43" sqref="E43"/>
+    <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
+      <selection activeCell="A10" sqref="A10:D10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" outlineLevelRow="2" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="36.7109375" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="7" max="8" width="19" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="22.7109375" style="11" customWidth="1"/>
+    <col min="2" max="2" width="5.7109375" style="11" customWidth="1"/>
+    <col min="3" max="3" width="41.85546875" style="11" customWidth="1"/>
+    <col min="4" max="4" width="5.7109375" style="11" customWidth="1"/>
+    <col min="5" max="5" width="112.42578125" style="11" customWidth="1"/>
+    <col min="6" max="8" width="19" style="11" bestFit="1" customWidth="1"/>
+    <col min="9" max="16384" width="9.140625" style="11"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="52.9" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A1" s="27" t="s">
+      <c r="A1" s="21" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="27"/>
-[...15 lines deleted...]
-      <c r="H2" s="36"/>
+      <c r="B1" s="21"/>
+      <c r="C1" s="21"/>
+      <c r="D1" s="21"/>
+      <c r="E1" s="21"/>
+      <c r="F1" s="21"/>
+      <c r="G1" s="21"/>
+      <c r="H1" s="21"/>
     </row>
     <row r="3" spans="1:8" ht="22.5" x14ac:dyDescent="0.2">
-      <c r="A3" s="12" t="s">
+      <c r="A3" s="18" t="s">
+        <v>114</v>
+      </c>
+      <c r="B3" s="18"/>
+      <c r="C3" s="18"/>
+      <c r="D3" s="18"/>
+      <c r="E3" s="18"/>
+      <c r="F3" s="18"/>
+      <c r="G3" s="18"/>
+      <c r="H3" s="18"/>
+    </row>
+    <row r="4" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="H4" s="7" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="5" spans="1:8" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A5" s="10" t="s">
+        <v>115</v>
+      </c>
+      <c r="B5" s="22" t="s">
+        <v>101</v>
+      </c>
+      <c r="C5" s="23"/>
+      <c r="D5" s="22" t="s">
+        <v>100</v>
+      </c>
+      <c r="E5" s="23"/>
+      <c r="F5" s="9" t="s">
+        <v>5</v>
+      </c>
+      <c r="G5" s="9" t="s">
         <v>116</v>
       </c>
-      <c r="B3" s="12"/>
-[...20 lines deleted...]
-      <c r="A5" s="44" t="s">
+      <c r="H5" s="8" t="s">
         <v>117</v>
       </c>
-      <c r="B5" s="17" t="s">
-[...18 lines deleted...]
-      <c r="A6" s="11" t="s">
+    </row>
+    <row r="6" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A6" s="19" t="s">
         <v>6</v>
       </c>
-      <c r="B6" s="11"/>
-[...3 lines deleted...]
-      <c r="F6" s="2">
+      <c r="B6" s="19"/>
+      <c r="C6" s="19"/>
+      <c r="D6" s="19"/>
+      <c r="E6" s="19"/>
+      <c r="F6" s="1">
         <v>8437567816</v>
       </c>
-      <c r="G6" s="2">
-[...11 lines deleted...]
-      <c r="C7" s="11" t="str">
+      <c r="G6" s="1">
+        <v>8149369476.6599998</v>
+      </c>
+      <c r="H6" s="2">
+        <v>6148231418.9799995</v>
+      </c>
+    </row>
+    <row r="7" spans="1:8" outlineLevel="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="15"/>
+      <c r="B7" s="15" t="s">
+        <v>81</v>
+      </c>
+      <c r="C7" s="19" t="str">
         <f>VLOOKUP(B7,[1]PROGRAMA!$A$3:$D$10,2,FALSE)</f>
         <v>PROGRAMA DE GESTÃO E MANUTENÇÃO DO PODER LEGISLATIVO</v>
       </c>
-      <c r="D7" s="11"/>
-[...1 lines deleted...]
-      <c r="F7" s="2">
+      <c r="D7" s="19"/>
+      <c r="E7" s="19"/>
+      <c r="F7" s="1">
         <v>8230406239</v>
       </c>
-      <c r="G7" s="2">
-[...13 lines deleted...]
-      <c r="E8" s="10" t="str">
+      <c r="G7" s="1">
+        <v>7972862875.5799999</v>
+      </c>
+      <c r="H7" s="2">
+        <v>6011169865.3800001</v>
+      </c>
+    </row>
+    <row r="8" spans="1:8" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A8" s="19"/>
+      <c r="B8" s="19"/>
+      <c r="C8" s="19"/>
+      <c r="D8" s="15" t="s">
+        <v>99</v>
+      </c>
+      <c r="E8" s="15" t="str">
         <f>VLOOKUP(D8,[1]AÇÃO!$A$3:$B$21,2,FALSE)</f>
         <v>APOSENTADORIAS E PENSÕES - SERVIDORES CIVIS</v>
       </c>
-      <c r="F8" s="9">
+      <c r="F8" s="4">
         <v>2236000000</v>
       </c>
-      <c r="G8" s="9">
+      <c r="G8" s="4">
         <v>2236000000</v>
       </c>
-      <c r="H8" s="8">
-[...10 lines deleted...]
-      <c r="E9" s="49" t="str">
+      <c r="H8" s="3">
+        <v>1859937692.9200001</v>
+      </c>
+    </row>
+    <row r="9" spans="1:8" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A9" s="19"/>
+      <c r="B9" s="19"/>
+      <c r="C9" s="19"/>
+      <c r="D9" s="15" t="s">
+        <v>98</v>
+      </c>
+      <c r="E9" s="15" t="str">
         <f>VLOOKUP(D9,[1]AÇÃO!$A$3:$B$21,2,FALSE)</f>
         <v>CONTRIBUIÇÃO DA UNIÃO, DE SUAS AUTARQUIAS E FUNDAÇÕES PARA O CUSTEIO DO REGIME DE PREVIDÊNCIA DOS SERVIDORES PÚBLICOS FEDERAIS</v>
       </c>
-      <c r="F9" s="9">
+      <c r="F9" s="4">
         <v>227515920</v>
       </c>
-      <c r="G9" s="9">
+      <c r="G9" s="4">
         <v>227515920</v>
       </c>
-      <c r="H9" s="8">
-[...10 lines deleted...]
-      <c r="E10" s="49" t="str">
+      <c r="H9" s="3">
+        <v>169236451.27000001</v>
+      </c>
+    </row>
+    <row r="10" spans="1:8" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A10" s="19"/>
+      <c r="B10" s="19"/>
+      <c r="C10" s="19"/>
+      <c r="D10" s="15" t="s">
+        <v>97</v>
+      </c>
+      <c r="E10" s="15" t="str">
         <f>VLOOKUP(D10,[1]AÇÃO!$A$3:$B$21,2,FALSE)</f>
         <v>CONSTRUÇÃO DO CENTRO DE TECNOLOGIA DA CÂMARA DOS DEPUTADOS</v>
       </c>
-      <c r="F10" s="9">
+      <c r="F10" s="4">
         <v>6000000</v>
       </c>
-      <c r="G10" s="9"/>
-[...9 lines deleted...]
-      <c r="E11" s="49" t="str">
+      <c r="G10" s="4"/>
+      <c r="H10" s="3"/>
+    </row>
+    <row r="11" spans="1:8" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A11" s="19"/>
+      <c r="B11" s="19"/>
+      <c r="C11" s="19"/>
+      <c r="D11" s="15" t="s">
+        <v>96</v>
+      </c>
+      <c r="E11" s="15" t="str">
         <f>VLOOKUP(D11,[1]AÇÃO!$A$3:$B$21,2,FALSE)</f>
         <v>REFORMA DOS IMÓVEIS FUNCIONAIS DESTINADOS À MORADIA DOS DEPUTADOS FEDERAIS</v>
       </c>
-      <c r="F11" s="9">
+      <c r="F11" s="4">
         <v>54544410</v>
       </c>
-      <c r="G11" s="9">
+      <c r="G11" s="4">
         <v>47384567.200000003</v>
       </c>
-      <c r="H11" s="8"/>
-[...8 lines deleted...]
-      <c r="E12" s="49" t="str">
+      <c r="H11" s="3"/>
+    </row>
+    <row r="12" spans="1:8" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A12" s="19"/>
+      <c r="B12" s="19"/>
+      <c r="C12" s="19"/>
+      <c r="D12" s="15" t="s">
+        <v>80</v>
+      </c>
+      <c r="E12" s="15" t="str">
         <f>VLOOKUP(D12,[1]AÇÃO!$A$3:$B$21,2,FALSE)</f>
         <v>ASSISTÊNCIA MÉDICA E ODONTOLÓGICA AOS SERVIDORES CIVIS, EMPREGADOS, MILITARES E SEUS DEPENDENTES</v>
       </c>
-      <c r="F12" s="9">
+      <c r="F12" s="4">
         <v>317180000</v>
       </c>
-      <c r="G12" s="9">
-[...13 lines deleted...]
-      <c r="E13" s="49" t="str">
+      <c r="G12" s="4">
+        <v>305978601.61000001</v>
+      </c>
+      <c r="H12" s="3">
+        <v>288292811.31</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A13" s="19"/>
+      <c r="B13" s="19"/>
+      <c r="C13" s="19"/>
+      <c r="D13" s="15" t="s">
+        <v>95</v>
+      </c>
+      <c r="E13" s="15" t="str">
         <f>VLOOKUP(D13,[1]AÇÃO!$A$3:$B$21,2,FALSE)</f>
         <v>ATIVOS CIVIS DA UNIÃO</v>
       </c>
-      <c r="F13" s="9">
+      <c r="F13" s="4">
         <v>3908000000</v>
       </c>
-      <c r="G13" s="9">
+      <c r="G13" s="4">
         <v>3908000000</v>
       </c>
-      <c r="H13" s="8">
-[...10 lines deleted...]
-      <c r="E14" s="49" t="str">
+      <c r="H13" s="3">
+        <v>2763620314.6199999</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A14" s="19"/>
+      <c r="B14" s="19"/>
+      <c r="C14" s="19"/>
+      <c r="D14" s="15" t="s">
+        <v>94</v>
+      </c>
+      <c r="E14" s="15" t="str">
         <f>VLOOKUP(D14,[1]AÇÃO!$A$3:$B$21,2,FALSE)</f>
         <v>BENEFÍCIOS OBRIGATÓRIOS AOS SERVIDORES CIVIS, EMPREGADOS, MILITARES E SEUS DEPENDENTES</v>
       </c>
-      <c r="F14" s="9">
+      <c r="F14" s="4">
         <v>325000000</v>
       </c>
-      <c r="G14" s="9">
+      <c r="G14" s="4">
         <v>325000000</v>
       </c>
-      <c r="H14" s="8">
-[...10 lines deleted...]
-      <c r="E15" s="49" t="str">
+      <c r="H14" s="3">
+        <v>293466975.63999999</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A15" s="19"/>
+      <c r="B15" s="19"/>
+      <c r="C15" s="19"/>
+      <c r="D15" s="15" t="s">
+        <v>93</v>
+      </c>
+      <c r="E15" s="15" t="str">
         <f>VLOOKUP(D15,[1]AÇÃO!$A$3:$B$21,2,FALSE)</f>
         <v>AJUDA DE CUSTO PARA MORADIA OU AUXÍLIO-MORADIA A AGENTES PÚBLICOS</v>
       </c>
-      <c r="F15" s="9">
+      <c r="F15" s="4">
         <v>9053934</v>
       </c>
-      <c r="G15" s="9">
+      <c r="G15" s="4">
         <v>8935189.2300000004</v>
       </c>
-      <c r="H15" s="8">
-[...10 lines deleted...]
-      <c r="E16" s="49" t="str">
+      <c r="H15" s="3">
+        <v>5967545.9299999997</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A16" s="19"/>
+      <c r="B16" s="19"/>
+      <c r="C16" s="19"/>
+      <c r="D16" s="15" t="s">
+        <v>92</v>
+      </c>
+      <c r="E16" s="15" t="str">
         <f>VLOOKUP(D16,[1]AÇÃO!$A$3:$B$21,2,FALSE)</f>
         <v>PUBLICIDADE INSTITUCIONAL E DE UTILIDADE PÚBLICA</v>
       </c>
-      <c r="F16" s="9">
+      <c r="F16" s="4">
         <v>8000000</v>
       </c>
-      <c r="G16" s="9"/>
-[...9 lines deleted...]
-      <c r="E17" s="49" t="str">
+      <c r="G16" s="4"/>
+      <c r="H16" s="3"/>
+    </row>
+    <row r="17" spans="1:8" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A17" s="19"/>
+      <c r="B17" s="19"/>
+      <c r="C17" s="19"/>
+      <c r="D17" s="15" t="s">
+        <v>79</v>
+      </c>
+      <c r="E17" s="15" t="str">
         <f>VLOOKUP(D17,[1]AÇÃO!$A$3:$B$21,2,FALSE)</f>
         <v>PROCESSO LEGISLATIVO, FISCALIZAÇÃO E REPRESENTAÇÃO POLÍTICA</v>
       </c>
-      <c r="F17" s="9">
+      <c r="F17" s="4">
         <v>1139111975</v>
       </c>
-      <c r="G17" s="9">
-[...11 lines deleted...]
-      <c r="C18" s="11" t="str">
+      <c r="G17" s="4">
+        <v>914048597.53999996</v>
+      </c>
+      <c r="H17" s="3">
+        <v>630648073.69000006</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8" outlineLevel="1" x14ac:dyDescent="0.2">
+      <c r="A18" s="15"/>
+      <c r="B18" s="15" t="s">
+        <v>91</v>
+      </c>
+      <c r="C18" s="19" t="str">
         <f>VLOOKUP(B18,[1]PROGRAMA!$A$3:$D$10,2,FALSE)</f>
         <v>OPERAÇÕES ESPECIAIS: OUTROS ENCARGOS ESPECIAIS</v>
       </c>
-      <c r="D18" s="11"/>
-[...1 lines deleted...]
-      <c r="F18" s="2">
+      <c r="D18" s="19"/>
+      <c r="E18" s="19"/>
+      <c r="F18" s="1">
         <v>175148453</v>
       </c>
-      <c r="G18" s="2">
+      <c r="G18" s="1">
         <v>175057948</v>
       </c>
-      <c r="H18" s="3">
-[...10 lines deleted...]
-      <c r="E19" s="49" t="str">
+      <c r="H18" s="2">
+        <v>135612900.52000001</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A19" s="19"/>
+      <c r="B19" s="19"/>
+      <c r="C19" s="19"/>
+      <c r="D19" s="15" t="s">
+        <v>90</v>
+      </c>
+      <c r="E19" s="15" t="str">
         <f>VLOOKUP(D19,[1]AÇÃO!$A$3:$B$21,2,FALSE)</f>
         <v>BENEFÍCIO ESPECIAL  - LEI N. 12.618, DE 2012</v>
       </c>
-      <c r="F19" s="9">
+      <c r="F19" s="4">
         <v>49980948</v>
       </c>
-      <c r="G19" s="9">
+      <c r="G19" s="4">
         <v>49980948</v>
       </c>
-      <c r="H19" s="8">
-[...10 lines deleted...]
-      <c r="E20" s="49" t="str">
+      <c r="H19" s="3">
+        <v>32717701.68</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A20" s="19"/>
+      <c r="B20" s="19"/>
+      <c r="C20" s="19"/>
+      <c r="D20" s="15" t="s">
+        <v>89</v>
+      </c>
+      <c r="E20" s="15" t="str">
         <f>VLOOKUP(D20,[1]AÇÃO!$A$3:$B$21,2,FALSE)</f>
         <v>DEMAIS APOSENTADORIAS E COMPLEMENTAÇÕES</v>
       </c>
-      <c r="F20" s="9">
+      <c r="F20" s="4">
         <v>125000000</v>
       </c>
-      <c r="G20" s="9">
+      <c r="G20" s="4">
         <v>125000000</v>
       </c>
-      <c r="H20" s="8">
-[...10 lines deleted...]
-      <c r="E21" s="49" t="str">
+      <c r="H20" s="3">
+        <v>102828406.84</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A21" s="19"/>
+      <c r="B21" s="19"/>
+      <c r="C21" s="19"/>
+      <c r="D21" s="15" t="s">
+        <v>88</v>
+      </c>
+      <c r="E21" s="15" t="str">
         <f>VLOOKUP(D21,[1]AÇÃO!$A$3:$B$21,2,FALSE)</f>
         <v>COMPENSAÇÃO FINANCEIRA ENTRE ENTIDADES DE PREVIDÊNCIA FEDERAL, ESTADUAL E MUNICIPAL</v>
       </c>
-      <c r="F21" s="9">
+      <c r="F21" s="4">
         <v>90505</v>
       </c>
-      <c r="G21" s="9"/>
-[...9 lines deleted...]
-      <c r="E22" s="49" t="str">
+      <c r="G21" s="4"/>
+      <c r="H21" s="3"/>
+    </row>
+    <row r="22" spans="1:8" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A22" s="19"/>
+      <c r="B22" s="19"/>
+      <c r="C22" s="19"/>
+      <c r="D22" s="15" t="s">
+        <v>87</v>
+      </c>
+      <c r="E22" s="15" t="str">
         <f>VLOOKUP(D22,[1]AÇÃO!$A$3:$B$21,2,FALSE)</f>
         <v>BENEFÍCIOS DE LEGISLAÇÃO ESPECIAL</v>
       </c>
-      <c r="F22" s="9">
+      <c r="F22" s="4">
         <v>77000</v>
       </c>
-      <c r="G22" s="9">
+      <c r="G22" s="4">
         <v>77000</v>
       </c>
-      <c r="H22" s="8">
-[...8 lines deleted...]
-      <c r="C23" s="11" t="str">
+      <c r="H22" s="3">
+        <v>66792</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8" ht="12.75" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.2">
+      <c r="A23" s="15"/>
+      <c r="B23" s="15" t="s">
+        <v>86</v>
+      </c>
+      <c r="C23" s="19" t="str">
         <f>VLOOKUP(B23,[1]PROGRAMA!$A$3:$D$10,2,FALSE)</f>
         <v>OPERAÇÕES ESPECIAIS: GESTÃO DA PARTICIPAÇÃO EM ORGANISMOS E ENTIDADES NACIONAIS E INTERNACIONAIS</v>
       </c>
-      <c r="D23" s="11"/>
-[...1 lines deleted...]
-      <c r="F23" s="2">
+      <c r="D23" s="19"/>
+      <c r="E23" s="19"/>
+      <c r="F23" s="1">
         <v>1991000</v>
       </c>
-      <c r="G23" s="2">
+      <c r="G23" s="1">
         <v>1448653.08</v>
       </c>
-      <c r="H23" s="3">
+      <c r="H23" s="2">
         <v>1448653.08</v>
       </c>
     </row>
-    <row r="24" spans="1:8" ht="15" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
-[...6 lines deleted...]
-      <c r="E24" s="49" t="str">
+    <row r="24" spans="1:8" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A24" s="19"/>
+      <c r="B24" s="19"/>
+      <c r="C24" s="19"/>
+      <c r="D24" s="15" t="s">
+        <v>85</v>
+      </c>
+      <c r="E24" s="15" t="str">
         <f>VLOOKUP(D24,[1]AÇÃO!$A$3:$B$21,2,FALSE)</f>
         <v>CONTRIBUIÇÕES REGULARES A ENTIDADES OU ORGANISMOS NACIONAIS SEM EXIGÊNCIA DE PROGRAMAÇÃO ESPECÍFICA</v>
       </c>
-      <c r="F24" s="9">
+      <c r="F24" s="4">
         <v>22000</v>
       </c>
-      <c r="G24" s="9">
+      <c r="G24" s="4">
         <v>20000</v>
       </c>
-      <c r="H24" s="8">
+      <c r="H24" s="3">
         <v>20000</v>
       </c>
     </row>
-    <row r="25" spans="1:8" ht="15" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
-[...6 lines deleted...]
-      <c r="E25" s="49" t="str">
+    <row r="25" spans="1:8" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A25" s="19"/>
+      <c r="B25" s="19"/>
+      <c r="C25" s="19"/>
+      <c r="D25" s="15" t="s">
+        <v>84</v>
+      </c>
+      <c r="E25" s="15" t="str">
         <f>VLOOKUP(D25,[1]AÇÃO!$A$3:$B$21,2,FALSE)</f>
         <v>CONTRIBUIÇÕES REGULARES A ORGANISMOS DE DIREITO INTERNACIONAL PÚBLICO SEM EXIGÊNCIA DE PROGRAMAÇÃO ESPECÍFICA</v>
       </c>
-      <c r="F25" s="9">
+      <c r="F25" s="4">
         <v>1810000</v>
       </c>
-      <c r="G25" s="9">
+      <c r="G25" s="4">
         <v>1286541.43</v>
       </c>
-      <c r="H25" s="8">
+      <c r="H25" s="3">
         <v>1286541.43</v>
       </c>
     </row>
-    <row r="26" spans="1:8" ht="15" customHeight="1" outlineLevel="2" x14ac:dyDescent="0.2">
-[...6 lines deleted...]
-      <c r="E26" s="49" t="str">
+    <row r="26" spans="1:8" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A26" s="19"/>
+      <c r="B26" s="19"/>
+      <c r="C26" s="19"/>
+      <c r="D26" s="15" t="s">
+        <v>83</v>
+      </c>
+      <c r="E26" s="15" t="str">
         <f>VLOOKUP(D26,[1]AÇÃO!$A$3:$B$21,2,FALSE)</f>
         <v>CONTRIBUIÇÕES REGULARES A ORGANISMOS INTERNACIONAIS DE DIREITO PRIVADO SEM EXIGÊNCIA DE PROGRAMAÇÃO ESPECÍFICA</v>
       </c>
-      <c r="F26" s="9">
+      <c r="F26" s="4">
         <v>159000</v>
       </c>
-      <c r="G26" s="9">
+      <c r="G26" s="4">
         <v>142111.65</v>
       </c>
-      <c r="H26" s="8">
+      <c r="H26" s="3">
         <v>142111.65</v>
       </c>
     </row>
-    <row r="27" spans="1:8" ht="15" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.2">
-[...4 lines deleted...]
-      <c r="C27" s="11" t="str">
+    <row r="27" spans="1:8" outlineLevel="1" x14ac:dyDescent="0.2">
+      <c r="A27" s="15"/>
+      <c r="B27" s="15" t="s">
+        <v>78</v>
+      </c>
+      <c r="C27" s="19" t="str">
         <f>VLOOKUP(B27,[1]PROGRAMA!$A$3:$D$10,2,FALSE)</f>
         <v>RESERVA DE CONTINGÊNCIA</v>
       </c>
-      <c r="D27" s="11"/>
-[...1 lines deleted...]
-      <c r="F27" s="2">
+      <c r="D27" s="19"/>
+      <c r="E27" s="19"/>
+      <c r="F27" s="1">
         <v>30022124</v>
       </c>
-      <c r="G27" s="2"/>
-[...9 lines deleted...]
-      <c r="E28" s="49" t="str">
+      <c r="G27" s="1"/>
+      <c r="H27" s="2"/>
+    </row>
+    <row r="28" spans="1:8" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A28" s="19"/>
+      <c r="B28" s="19"/>
+      <c r="C28" s="19"/>
+      <c r="D28" s="15" t="s">
+        <v>77</v>
+      </c>
+      <c r="E28" s="15" t="str">
         <f>VLOOKUP(D28,[1]AÇÃO!$A$3:$B$21,2,FALSE)</f>
         <v>RESERVA DE CONTINGÊNCIA - FINANCEIRA</v>
       </c>
-      <c r="F28" s="9">
+      <c r="F28" s="4">
         <v>1499201</v>
       </c>
-      <c r="G28" s="9"/>
-[...9 lines deleted...]
-      <c r="E29" s="49" t="str">
+      <c r="G28" s="4"/>
+      <c r="H28" s="3"/>
+    </row>
+    <row r="29" spans="1:8" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A29" s="19"/>
+      <c r="B29" s="19"/>
+      <c r="C29" s="19"/>
+      <c r="D29" s="15" t="s">
+        <v>82</v>
+      </c>
+      <c r="E29" s="15" t="str">
         <f>VLOOKUP(D29,[1]AÇÃO!$A$3:$B$21,2,FALSE)</f>
         <v>RESERVA DE CONTINGÊNCIA FISCAL - PRIMÁRIA</v>
       </c>
-      <c r="F29" s="9">
+      <c r="F29" s="4">
         <v>28522923</v>
       </c>
-      <c r="G29" s="9"/>
-[...3 lines deleted...]
-      <c r="A30" s="11" t="s">
+      <c r="G29" s="4"/>
+      <c r="H29" s="3"/>
+    </row>
+    <row r="30" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A30" s="19" t="s">
         <v>20</v>
       </c>
-      <c r="B30" s="11"/>
-[...3 lines deleted...]
-      <c r="F30" s="2">
+      <c r="B30" s="19"/>
+      <c r="C30" s="19"/>
+      <c r="D30" s="19"/>
+      <c r="E30" s="19"/>
+      <c r="F30" s="1">
         <v>156925768</v>
       </c>
-      <c r="G30" s="2">
-[...11 lines deleted...]
-      <c r="C31" s="11" t="str">
+      <c r="G30" s="1">
+        <v>12176015.119999999</v>
+      </c>
+      <c r="H30" s="2">
+        <v>11520957.539999999</v>
+      </c>
+    </row>
+    <row r="31" spans="1:8" ht="12.75" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.2">
+      <c r="A31" s="15"/>
+      <c r="B31" s="15" t="s">
+        <v>81</v>
+      </c>
+      <c r="C31" s="19" t="str">
         <f>VLOOKUP(B31,[1]PROGRAMA!$A$3:$D$10,2,FALSE)</f>
         <v>PROGRAMA DE GESTÃO E MANUTENÇÃO DO PODER LEGISLATIVO</v>
       </c>
-      <c r="D31" s="11"/>
-[...1 lines deleted...]
-      <c r="F31" s="2">
+      <c r="D31" s="19"/>
+      <c r="E31" s="19"/>
+      <c r="F31" s="1">
         <v>156717731</v>
       </c>
-      <c r="G31" s="2">
-[...13 lines deleted...]
-      <c r="E32" s="49" t="str">
+      <c r="G31" s="1">
+        <v>12176015.119999999</v>
+      </c>
+      <c r="H31" s="2">
+        <v>11520957.539999999</v>
+      </c>
+    </row>
+    <row r="32" spans="1:8" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A32" s="19"/>
+      <c r="B32" s="19"/>
+      <c r="C32" s="19"/>
+      <c r="D32" s="15" t="s">
+        <v>80</v>
+      </c>
+      <c r="E32" s="15" t="str">
         <f>VLOOKUP(D32,[1]AÇÃO!$A$3:$B$21,2,FALSE)</f>
         <v>ASSISTÊNCIA MÉDICA E ODONTOLÓGICA AOS SERVIDORES CIVIS, EMPREGADOS, MILITARES E SEUS DEPENDENTES</v>
       </c>
-      <c r="F32" s="9">
+      <c r="F32" s="4">
         <v>11500000</v>
       </c>
-      <c r="G32" s="9">
-[...13 lines deleted...]
-      <c r="E33" s="49" t="str">
+      <c r="G32" s="4">
+        <v>4142618.35</v>
+      </c>
+      <c r="H32" s="3">
+        <v>3713479.86</v>
+      </c>
+    </row>
+    <row r="33" spans="1:8" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A33" s="19"/>
+      <c r="B33" s="19"/>
+      <c r="C33" s="19"/>
+      <c r="D33" s="15" t="s">
+        <v>79</v>
+      </c>
+      <c r="E33" s="15" t="str">
         <f>VLOOKUP(D33,[1]AÇÃO!$A$3:$B$21,2,FALSE)</f>
         <v>PROCESSO LEGISLATIVO, FISCALIZAÇÃO E REPRESENTAÇÃO POLÍTICA</v>
       </c>
-      <c r="F33" s="9">
+      <c r="F33" s="4">
         <v>145217731</v>
       </c>
-      <c r="G33" s="9">
-[...11 lines deleted...]
-      <c r="C34" s="11" t="str">
+      <c r="G33" s="4">
+        <v>8033396.7699999996</v>
+      </c>
+      <c r="H33" s="3">
+        <v>7807477.6799999997</v>
+      </c>
+    </row>
+    <row r="34" spans="1:8" outlineLevel="1" x14ac:dyDescent="0.2">
+      <c r="A34" s="15"/>
+      <c r="B34" s="15" t="s">
+        <v>78</v>
+      </c>
+      <c r="C34" s="19" t="str">
         <f>VLOOKUP(B34,[1]PROGRAMA!$A$3:$D$10,2,FALSE)</f>
         <v>RESERVA DE CONTINGÊNCIA</v>
       </c>
-      <c r="D34" s="11"/>
-[...1 lines deleted...]
-      <c r="F34" s="2">
+      <c r="D34" s="19"/>
+      <c r="E34" s="19"/>
+      <c r="F34" s="1">
         <v>208037</v>
       </c>
-      <c r="G34" s="2"/>
-[...9 lines deleted...]
-      <c r="E35" s="10" t="s">
+      <c r="G34" s="1"/>
+      <c r="H34" s="2"/>
+    </row>
+    <row r="35" spans="1:8" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A35" s="19"/>
+      <c r="B35" s="19"/>
+      <c r="C35" s="19"/>
+      <c r="D35" s="15" t="s">
         <v>77</v>
       </c>
-      <c r="F35" s="9">
+      <c r="E35" s="15" t="str">
+        <f>VLOOKUP(D35,[1]AÇÃO!$A$3:$B$21,2,FALSE)</f>
+        <v>RESERVA DE CONTINGÊNCIA - FINANCEIRA</v>
+      </c>
+      <c r="F35" s="4">
         <v>208037</v>
       </c>
-      <c r="G35" s="9"/>
-[...3 lines deleted...]
-      <c r="A36" s="7" t="s">
+      <c r="G35" s="4"/>
+      <c r="H35" s="3"/>
+    </row>
+    <row r="36" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A36" s="16" t="s">
         <v>11</v>
       </c>
-      <c r="B36" s="7"/>
-[...3 lines deleted...]
-      <c r="F36" s="2">
+      <c r="B36" s="16"/>
+      <c r="C36" s="16"/>
+      <c r="D36" s="16"/>
+      <c r="E36" s="16"/>
+      <c r="F36" s="1">
         <v>8594493584</v>
       </c>
-      <c r="G36" s="2">
-[...17 lines deleted...]
-        <v>109</v>
+      <c r="G36" s="1">
+        <v>8161545491.7799997</v>
+      </c>
+      <c r="H36" s="2">
+        <v>6159752376.5200005</v>
+      </c>
+    </row>
+    <row r="37" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A37" s="14" t="s">
+        <v>107</v>
+      </c>
+      <c r="B37" s="13"/>
+      <c r="C37" s="13"/>
+      <c r="D37" s="13"/>
+      <c r="H37" s="12" t="s">
+        <v>119</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="35">
-    <mergeCell ref="A6:E6"/>
-[...3 lines deleted...]
-    <mergeCell ref="A10:C10"/>
     <mergeCell ref="A3:H3"/>
-    <mergeCell ref="A1:H1"/>
-[...11 lines deleted...]
-    <mergeCell ref="A15:C15"/>
+    <mergeCell ref="C31:E31"/>
+    <mergeCell ref="A32:C32"/>
+    <mergeCell ref="A33:C33"/>
+    <mergeCell ref="C34:E34"/>
+    <mergeCell ref="A35:C35"/>
+    <mergeCell ref="A36:E36"/>
+    <mergeCell ref="A25:C25"/>
     <mergeCell ref="A26:C26"/>
     <mergeCell ref="C27:E27"/>
     <mergeCell ref="A28:C28"/>
     <mergeCell ref="A29:C29"/>
     <mergeCell ref="A30:E30"/>
+    <mergeCell ref="A19:C19"/>
+    <mergeCell ref="A20:C20"/>
     <mergeCell ref="A21:C21"/>
     <mergeCell ref="A22:C22"/>
     <mergeCell ref="C23:E23"/>
     <mergeCell ref="A24:C24"/>
-    <mergeCell ref="A25:C25"/>
-[...5 lines deleted...]
-    <mergeCell ref="A35:C35"/>
+    <mergeCell ref="A13:C13"/>
+    <mergeCell ref="A14:C14"/>
+    <mergeCell ref="A15:C15"/>
+    <mergeCell ref="A16:C16"/>
+    <mergeCell ref="A17:C17"/>
+    <mergeCell ref="C18:E18"/>
+    <mergeCell ref="C7:E7"/>
+    <mergeCell ref="A8:C8"/>
+    <mergeCell ref="A9:C9"/>
+    <mergeCell ref="A10:C10"/>
+    <mergeCell ref="A11:C11"/>
+    <mergeCell ref="A12:C12"/>
+    <mergeCell ref="A1:H1"/>
+    <mergeCell ref="B5:C5"/>
+    <mergeCell ref="D5:E5"/>
+    <mergeCell ref="A6:E6"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
-  <pageMargins left="0.11811023622047245" right="0.11811023622047245" top="0.39370078740157483" bottom="0.39370078740157483" header="0.31496062992125984" footer="0.31496062992125984"/>
-  <pageSetup paperSize="9" scale="54" orientation="landscape" r:id="rId1"/>
+  <pageMargins left="0.51181102362204722" right="0.51181102362204722" top="0.78740157480314965" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.31496062992125984"/>
+  <pageSetup paperSize="9" scale="55" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Planilhas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Intervalos nomeados</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1</vt:i4>
+        <vt:i4>5</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="5" baseType="lpstr">
-[...4 lines deleted...]
-      <vt:lpstr>'Outubro Modalidade'!Titulos_de_impressao</vt:lpstr>
+    <vt:vector size="9" baseType="lpstr">
+      <vt:lpstr>Novembro Categoria</vt:lpstr>
+      <vt:lpstr>Novembro Função</vt:lpstr>
+      <vt:lpstr>Novembro Modalidade</vt:lpstr>
+      <vt:lpstr>Novembro Programa</vt:lpstr>
+      <vt:lpstr>'Novembro Categoria'!Area_de_impressao</vt:lpstr>
+      <vt:lpstr>'Novembro Função'!Area_de_impressao</vt:lpstr>
+      <vt:lpstr>'Novembro Modalidade'!Area_de_impressao</vt:lpstr>
+      <vt:lpstr>'Novembro Programa'!Area_de_impressao</vt:lpstr>
+      <vt:lpstr>'Novembro Modalidade'!Titulos_de_impressao</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Luis Carlos da Silva</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>