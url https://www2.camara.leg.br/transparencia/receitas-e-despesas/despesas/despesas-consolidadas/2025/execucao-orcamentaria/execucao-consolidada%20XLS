--- v1 (2025-12-17)
+++ v2 (2026-02-03)
@@ -6,107 +6,107 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
-    <workbookView xWindow="240" yWindow="90" windowWidth="11715" windowHeight="9120" activeTab="3"/>
+    <workbookView xWindow="240" yWindow="90" windowWidth="11715" windowHeight="9120" tabRatio="668"/>
   </bookViews>
   <sheets>
-    <sheet name="Novembro Categoria" sheetId="6" r:id="rId1"/>
-[...2 lines deleted...]
-    <sheet name="Novembro Programa" sheetId="9" r:id="rId4"/>
+    <sheet name="Dezembro Categoria" sheetId="10" r:id="rId1"/>
+    <sheet name="Dezembro Função" sheetId="11" r:id="rId2"/>
+    <sheet name="Dezembro Modalidade" sheetId="12" r:id="rId3"/>
+    <sheet name="Dezembro Programa" sheetId="13" r:id="rId4"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId5"/>
   </externalReferences>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'Novembro Categoria'!$A$1:$H$48</definedName>
-[...3 lines deleted...]
-    <definedName name="_xlnm.Print_Titles" localSheetId="2">'Novembro Modalidade'!$1:$5</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'Dezembro Categoria'!$A$1:$H$48</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="1">'Dezembro Função'!$A$1:$G$40</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="2">'Dezembro Modalidade'!$A$1:$E$112</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="3">'Dezembro Programa'!$A$1:$H$37</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="2">'Dezembro Modalidade'!$1:$5</definedName>
   </definedNames>
-  <calcPr calcId="145621"/>
+  <calcPr calcId="145621" calcMode="manual"/>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="E35" i="9" l="1"/>
-[...26 lines deleted...]
-  <c r="C7" i="9"/>
+  <c r="E35" i="13" l="1"/>
+  <c r="E33" i="13"/>
+  <c r="E32" i="13"/>
+  <c r="E29" i="13"/>
+  <c r="E28" i="13"/>
+  <c r="E26" i="13"/>
+  <c r="E25" i="13"/>
+  <c r="E24" i="13"/>
+  <c r="E22" i="13"/>
+  <c r="E21" i="13"/>
+  <c r="E20" i="13"/>
+  <c r="E19" i="13"/>
+  <c r="E17" i="13"/>
+  <c r="E16" i="13"/>
+  <c r="E15" i="13"/>
+  <c r="E14" i="13"/>
+  <c r="E13" i="13"/>
+  <c r="E12" i="13"/>
+  <c r="E11" i="13"/>
+  <c r="E10" i="13"/>
+  <c r="E9" i="13"/>
+  <c r="E8" i="13"/>
+  <c r="C34" i="13"/>
+  <c r="C31" i="13"/>
+  <c r="C27" i="13"/>
+  <c r="C23" i="13"/>
+  <c r="C18" i="13"/>
+  <c r="C7" i="13"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="255" uniqueCount="121">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="258" uniqueCount="121">
   <si>
     <t xml:space="preserve">CÂMARA DOS DEPUTADOS
 DEPARTAMENTO DE FINANÇAS, ORÇAMENTO E CONTABILIDADE
 COORDENAÇÃO DE ADMINISTRAÇÃO FINANCEIRA
 </t>
   </si>
   <si>
     <t>Categoria Econômica Despesa</t>
   </si>
   <si>
     <t>Grupo Despesa</t>
   </si>
   <si>
     <t>Modalidade Aplicação</t>
   </si>
   <si>
     <t>Fonte Recursos Detalhada</t>
   </si>
   <si>
     <t>DOTACAO ATUALIZADA</t>
   </si>
   <si>
     <t>CAMARA DOS DEPUTADOS</t>
   </si>
   <si>
@@ -422,117 +422,123 @@
     <t xml:space="preserve">UO Responsável </t>
   </si>
   <si>
     <t xml:space="preserve">Modalidade Licitação  </t>
   </si>
   <si>
     <t>Elemento de Despesa</t>
   </si>
   <si>
     <t xml:space="preserve">DESPESAS PAGAS  </t>
   </si>
   <si>
     <t>Execução Orçamentária - Programa e Ação</t>
   </si>
   <si>
     <t>UO Responsável</t>
   </si>
   <si>
     <t xml:space="preserve">DESPESAS EMPENHADAS </t>
   </si>
   <si>
     <t>DESPESAS
 PAGAS</t>
   </si>
   <si>
-    <t>Fonte: SIAFI2015</t>
-[...4 lines deleted...]
-  <si>
     <t>DESPESAS EMPENHADAS</t>
+  </si>
+  <si>
+    <t>Atualizado até dezembro</t>
+  </si>
+  <si>
+    <t>TOMADA DE PRECO</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_);\(#,##0.00\)"/>
   </numFmts>
-  <fonts count="9" x14ac:knownFonts="1">
+  <fonts count="10" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="8"/>
       <color rgb="FF25396E"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="8"/>
       <color rgb="FF0B428E"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="18"/>
       <color rgb="FF000000"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="8"/>
       <color rgb="FF0B428E"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="18"/>
       <color rgb="FF000000"/>
       <name val="Tahoma"/>
+    </font>
+    <font>
+      <sz val="8"/>
+      <color rgb="FF25396E"/>
+      <name val="Arial"/>
+      <family val="2"/>
     </font>
   </fonts>
   <fills count="5">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFDFDFDF"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFF0F0F0"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFFF"/>
       </patternFill>
     </fill>
   </fills>
@@ -601,133 +607,155 @@
       <right/>
       <top style="thin">
         <color rgb="FFC0C0C0"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color rgb="FFC0C0C0"/>
       </right>
       <top style="thin">
         <color rgb="FFC0C0C0"/>
       </top>
       <bottom style="thin">
         <color rgb="FFC0C0C0"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="29">
+  <cellXfs count="37">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="164" fontId="3" fillId="3" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="3" fillId="3" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="4" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="4" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...16 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="2" borderId="6" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="centerContinuous" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="centerContinuous"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="6" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="9" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="7" fillId="3" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="7" fillId="3" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="6" fillId="4" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="6" fillId="4" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="1"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="/Se&#231;&#227;o%20de%20Controle%20e%20Avalia&#231;&#227;o/TeleTrabalho%20-%20WFH/Relat&#243;rios/Transpar&#234;ncia/Tabelas%20de%20Apoio/TABELAS%20DE%20APOIO%202025.xlsx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/externalLink1.xml><?xml version="1.0" encoding="utf-8"?>
@@ -1231,848 +1259,848 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:H48"/>
   <sheetViews>
-    <sheetView showGridLines="0" workbookViewId="0">
-      <selection activeCell="A10" sqref="A10:D10"/>
+    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A16" workbookViewId="0">
+      <selection activeCell="A34" sqref="A34:D34"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" outlineLevelRow="4" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="36.7109375" style="11" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="9" max="16384" width="9.140625" style="11"/>
+    <col min="1" max="1" width="36.7109375" style="10" customWidth="1"/>
+    <col min="2" max="2" width="18.140625" style="10" customWidth="1"/>
+    <col min="3" max="3" width="24.85546875" style="10" customWidth="1"/>
+    <col min="4" max="4" width="47.85546875" style="10" customWidth="1"/>
+    <col min="5" max="5" width="34.28515625" style="10" customWidth="1"/>
+    <col min="6" max="8" width="14.28515625" style="10" customWidth="1"/>
+    <col min="9" max="16384" width="9.140625" style="10"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="37.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A1" s="17" t="s">
+      <c r="A1" s="24" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="17"/>
-[...5 lines deleted...]
-      <c r="H1" s="17"/>
+      <c r="B1" s="24"/>
+      <c r="C1" s="24"/>
+      <c r="D1" s="24"/>
+      <c r="E1" s="24"/>
+      <c r="F1" s="24"/>
+      <c r="G1" s="24"/>
+      <c r="H1" s="24"/>
     </row>
     <row r="3" spans="1:8" ht="22.5" x14ac:dyDescent="0.2">
-      <c r="A3" s="18" t="s">
+      <c r="A3" s="22" t="s">
         <v>102</v>
       </c>
-      <c r="B3" s="18"/>
-[...5 lines deleted...]
-      <c r="H3" s="18"/>
+      <c r="B3" s="22"/>
+      <c r="C3" s="22"/>
+      <c r="D3" s="22"/>
+      <c r="E3" s="22"/>
+      <c r="F3" s="22"/>
+      <c r="G3" s="22"/>
+      <c r="H3" s="22"/>
     </row>
     <row r="4" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="H4" s="7" t="s">
+      <c r="H4" s="6" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="5" spans="1:8" ht="22.5" x14ac:dyDescent="0.2">
-      <c r="A5" s="6" t="s">
+      <c r="A5" s="15" t="s">
         <v>104</v>
       </c>
-      <c r="B5" s="6" t="s">
+      <c r="B5" s="15" t="s">
         <v>1</v>
       </c>
-      <c r="C5" s="6" t="s">
+      <c r="C5" s="15" t="s">
         <v>2</v>
       </c>
-      <c r="D5" s="6" t="s">
+      <c r="D5" s="15" t="s">
         <v>3</v>
       </c>
-      <c r="E5" s="6" t="s">
+      <c r="E5" s="15" t="s">
         <v>4</v>
       </c>
-      <c r="F5" s="6" t="s">
+      <c r="F5" s="15" t="s">
         <v>5</v>
       </c>
-      <c r="G5" s="6" t="s">
+      <c r="G5" s="15" t="s">
         <v>105</v>
       </c>
-      <c r="H5" s="6" t="s">
+      <c r="H5" s="15" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="6" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A6" s="19" t="s">
+      <c r="A6" s="23" t="s">
         <v>6</v>
       </c>
-      <c r="B6" s="19"/>
-[...2 lines deleted...]
-      <c r="E6" s="19"/>
+      <c r="B6" s="23"/>
+      <c r="C6" s="23"/>
+      <c r="D6" s="23"/>
+      <c r="E6" s="23"/>
       <c r="F6" s="1">
         <v>8437567816</v>
       </c>
       <c r="G6" s="1">
-        <v>8149369476.6599998</v>
+        <v>7477670440.6899996</v>
       </c>
       <c r="H6" s="2">
-        <v>6148231418.9799995</v>
+        <v>7014115356.3999996</v>
       </c>
     </row>
     <row r="7" spans="1:8" outlineLevel="1" x14ac:dyDescent="0.2">
-      <c r="A7" s="15"/>
-      <c r="B7" s="19" t="s">
+      <c r="A7" s="14"/>
+      <c r="B7" s="23" t="s">
         <v>7</v>
       </c>
-      <c r="C7" s="19"/>
-[...1 lines deleted...]
-      <c r="E7" s="19"/>
+      <c r="C7" s="23"/>
+      <c r="D7" s="23"/>
+      <c r="E7" s="23"/>
       <c r="F7" s="1">
-        <v>8269315596</v>
+        <v>8268815596</v>
       </c>
       <c r="G7" s="1">
-        <v>8072752302.1000004</v>
+        <v>7368531559.4799995</v>
       </c>
       <c r="H7" s="2">
-        <v>6139063654.2600002</v>
+        <v>7001926205.2200003</v>
       </c>
     </row>
     <row r="8" spans="1:8" outlineLevel="2" x14ac:dyDescent="0.2">
-      <c r="A8" s="19"/>
-[...1 lines deleted...]
-      <c r="C8" s="19" t="s">
+      <c r="A8" s="23"/>
+      <c r="B8" s="23"/>
+      <c r="C8" s="23" t="s">
         <v>8</v>
       </c>
-      <c r="D8" s="19"/>
-      <c r="E8" s="19"/>
+      <c r="D8" s="23"/>
+      <c r="E8" s="23"/>
       <c r="F8" s="1">
-        <v>1692796604</v>
+        <v>1692296604</v>
       </c>
       <c r="G8" s="1">
-        <v>1526255434.0999999</v>
+        <v>1553749098.73</v>
       </c>
       <c r="H8" s="2">
-        <v>1210723086.9300001</v>
+        <v>1356523866.6300001</v>
       </c>
     </row>
     <row r="9" spans="1:8" outlineLevel="3" x14ac:dyDescent="0.2">
-      <c r="A9" s="19"/>
-[...2 lines deleted...]
-      <c r="D9" s="19" t="s">
+      <c r="A9" s="23"/>
+      <c r="B9" s="23"/>
+      <c r="C9" s="23"/>
+      <c r="D9" s="23" t="s">
         <v>9</v>
       </c>
-      <c r="E9" s="19"/>
+      <c r="E9" s="23"/>
       <c r="F9" s="1">
         <v>90505</v>
       </c>
       <c r="G9" s="1"/>
       <c r="H9" s="2"/>
     </row>
     <row r="10" spans="1:8" outlineLevel="4" x14ac:dyDescent="0.2">
-      <c r="A10" s="19"/>
-[...3 lines deleted...]
-      <c r="E10" s="15" t="s">
+      <c r="A10" s="23"/>
+      <c r="B10" s="23"/>
+      <c r="C10" s="23"/>
+      <c r="D10" s="23"/>
+      <c r="E10" s="14" t="s">
         <v>10</v>
       </c>
       <c r="F10" s="4">
         <v>90505</v>
       </c>
       <c r="G10" s="4"/>
       <c r="H10" s="3"/>
     </row>
     <row r="11" spans="1:8" outlineLevel="3" x14ac:dyDescent="0.2">
-      <c r="A11" s="19"/>
-[...2 lines deleted...]
-      <c r="D11" s="19" t="s">
+      <c r="A11" s="23"/>
+      <c r="B11" s="23"/>
+      <c r="C11" s="23"/>
+      <c r="D11" s="23" t="s">
         <v>12</v>
       </c>
-      <c r="E11" s="19"/>
+      <c r="E11" s="23"/>
       <c r="F11" s="1">
         <v>22000</v>
       </c>
       <c r="G11" s="1">
         <v>20000</v>
       </c>
       <c r="H11" s="2">
         <v>20000</v>
       </c>
     </row>
     <row r="12" spans="1:8" outlineLevel="4" x14ac:dyDescent="0.2">
-      <c r="A12" s="19"/>
-[...3 lines deleted...]
-      <c r="E12" s="15" t="s">
+      <c r="A12" s="23"/>
+      <c r="B12" s="23"/>
+      <c r="C12" s="23"/>
+      <c r="D12" s="23"/>
+      <c r="E12" s="14" t="s">
         <v>10</v>
       </c>
       <c r="F12" s="4">
         <v>22000</v>
       </c>
       <c r="G12" s="4">
         <v>20000</v>
       </c>
       <c r="H12" s="3">
         <v>20000</v>
       </c>
     </row>
     <row r="13" spans="1:8" outlineLevel="3" x14ac:dyDescent="0.2">
-      <c r="A13" s="19"/>
-[...2 lines deleted...]
-      <c r="D13" s="19" t="s">
+      <c r="A13" s="23"/>
+      <c r="B13" s="23"/>
+      <c r="C13" s="23"/>
+      <c r="D13" s="23" t="s">
         <v>13</v>
       </c>
-      <c r="E13" s="19"/>
+      <c r="E13" s="23"/>
       <c r="F13" s="1">
         <v>1966455.99</v>
       </c>
       <c r="G13" s="1">
         <v>1428653.08</v>
       </c>
       <c r="H13" s="2">
         <v>1428653.08</v>
       </c>
     </row>
     <row r="14" spans="1:8" outlineLevel="4" x14ac:dyDescent="0.2">
-      <c r="A14" s="19"/>
-[...3 lines deleted...]
-      <c r="E14" s="15" t="s">
+      <c r="A14" s="23"/>
+      <c r="B14" s="23"/>
+      <c r="C14" s="23"/>
+      <c r="D14" s="23"/>
+      <c r="E14" s="14" t="s">
         <v>10</v>
       </c>
       <c r="F14" s="4">
         <v>1966455.99</v>
       </c>
       <c r="G14" s="4">
         <v>1428653.08</v>
       </c>
       <c r="H14" s="3">
         <v>1428653.08</v>
       </c>
     </row>
     <row r="15" spans="1:8" outlineLevel="3" x14ac:dyDescent="0.2">
-      <c r="A15" s="19"/>
-[...2 lines deleted...]
-      <c r="D15" s="19" t="s">
+      <c r="A15" s="23"/>
+      <c r="B15" s="23"/>
+      <c r="C15" s="23"/>
+      <c r="D15" s="23" t="s">
         <v>14</v>
       </c>
-      <c r="E15" s="19"/>
+      <c r="E15" s="23"/>
       <c r="F15" s="1">
-        <v>1690188843.01</v>
+        <v>1689689463.77</v>
       </c>
       <c r="G15" s="1">
-        <v>1524322680.54</v>
+        <v>1551798271.45</v>
       </c>
       <c r="H15" s="2">
-        <v>1208800905.6400001</v>
+        <v>1354588787.02</v>
       </c>
     </row>
     <row r="16" spans="1:8" outlineLevel="4" x14ac:dyDescent="0.2">
-      <c r="A16" s="19"/>
-[...3 lines deleted...]
-      <c r="E16" s="15" t="s">
+      <c r="A16" s="23"/>
+      <c r="B16" s="23"/>
+      <c r="C16" s="23"/>
+      <c r="D16" s="23"/>
+      <c r="E16" s="14" t="s">
         <v>10</v>
       </c>
       <c r="F16" s="4">
-        <v>1690188843.01</v>
+        <v>1689689463.77</v>
       </c>
       <c r="G16" s="4">
-        <v>1524322680.54</v>
+        <v>1551798271.45</v>
       </c>
       <c r="H16" s="3">
-        <v>1208800905.6400001</v>
+        <v>1354588787.02</v>
       </c>
     </row>
     <row r="17" spans="1:8" outlineLevel="3" x14ac:dyDescent="0.2">
-      <c r="A17" s="19"/>
-[...2 lines deleted...]
-      <c r="D17" s="19" t="s">
+      <c r="A17" s="23"/>
+      <c r="B17" s="23"/>
+      <c r="C17" s="23"/>
+      <c r="D17" s="23" t="s">
         <v>15</v>
       </c>
-      <c r="E17" s="19"/>
+      <c r="E17" s="23"/>
       <c r="F17" s="1">
-        <v>528800</v>
+        <v>528179.24</v>
       </c>
       <c r="G17" s="1">
-        <v>484100.48</v>
+        <v>502174.2</v>
       </c>
       <c r="H17" s="2">
-        <v>473528.21</v>
+        <v>486426.53</v>
       </c>
     </row>
     <row r="18" spans="1:8" outlineLevel="4" x14ac:dyDescent="0.2">
-      <c r="A18" s="19"/>
-[...3 lines deleted...]
-      <c r="E18" s="15" t="s">
+      <c r="A18" s="23"/>
+      <c r="B18" s="23"/>
+      <c r="C18" s="23"/>
+      <c r="D18" s="23"/>
+      <c r="E18" s="14" t="s">
         <v>10</v>
       </c>
       <c r="F18" s="4">
-        <v>528800</v>
+        <v>528179.24</v>
       </c>
       <c r="G18" s="4">
-        <v>484100.48</v>
+        <v>502174.2</v>
       </c>
       <c r="H18" s="3">
-        <v>473528.21</v>
+        <v>486426.53</v>
       </c>
     </row>
     <row r="19" spans="1:8" outlineLevel="2" x14ac:dyDescent="0.2">
-      <c r="A19" s="19"/>
-[...1 lines deleted...]
-      <c r="C19" s="19" t="s">
+      <c r="A19" s="23"/>
+      <c r="B19" s="23"/>
+      <c r="C19" s="23" t="s">
         <v>16</v>
       </c>
-      <c r="D19" s="19"/>
-      <c r="E19" s="19"/>
+      <c r="D19" s="23"/>
+      <c r="E19" s="23"/>
       <c r="F19" s="1">
         <v>6576518992</v>
       </c>
       <c r="G19" s="1">
-        <v>6546496868</v>
+        <v>5814782460.75</v>
       </c>
       <c r="H19" s="2">
-        <v>4928340567.3299999</v>
+        <v>5645402338.5900002</v>
       </c>
     </row>
     <row r="20" spans="1:8" outlineLevel="3" x14ac:dyDescent="0.2">
-      <c r="A20" s="19"/>
-[...2 lines deleted...]
-      <c r="D20" s="19" t="s">
+      <c r="A20" s="23"/>
+      <c r="B20" s="23"/>
+      <c r="C20" s="23"/>
+      <c r="D20" s="23" t="s">
         <v>14</v>
       </c>
-      <c r="E20" s="19"/>
+      <c r="E20" s="23"/>
       <c r="F20" s="1">
         <v>6023353072</v>
       </c>
       <c r="G20" s="1">
-        <v>5993330948</v>
+        <v>5309834445.5799999</v>
       </c>
       <c r="H20" s="2">
-        <v>4540831377.6800003</v>
+        <v>5165454323.4200001</v>
       </c>
     </row>
     <row r="21" spans="1:8" outlineLevel="4" x14ac:dyDescent="0.2">
-      <c r="A21" s="19"/>
-[...3 lines deleted...]
-      <c r="E21" s="15" t="s">
+      <c r="A21" s="23"/>
+      <c r="B21" s="23"/>
+      <c r="C21" s="23"/>
+      <c r="D21" s="23"/>
+      <c r="E21" s="14" t="s">
         <v>10</v>
       </c>
       <c r="F21" s="4">
         <v>5622109433</v>
       </c>
       <c r="G21" s="4">
-        <v>5592087309</v>
+        <v>4908590806.5799999</v>
       </c>
       <c r="H21" s="3">
-        <v>4139587738.6799998</v>
+        <v>4764210684.4200001</v>
       </c>
     </row>
     <row r="22" spans="1:8" outlineLevel="4" x14ac:dyDescent="0.2">
-      <c r="A22" s="19"/>
-[...3 lines deleted...]
-      <c r="E22" s="15" t="s">
+      <c r="A22" s="23"/>
+      <c r="B22" s="23"/>
+      <c r="C22" s="23"/>
+      <c r="D22" s="23"/>
+      <c r="E22" s="14" t="s">
         <v>17</v>
       </c>
       <c r="F22" s="4">
         <v>401243639</v>
       </c>
       <c r="G22" s="4">
         <v>401243639</v>
       </c>
       <c r="H22" s="3">
         <v>401243639</v>
       </c>
     </row>
     <row r="23" spans="1:8" outlineLevel="3" x14ac:dyDescent="0.2">
-      <c r="A23" s="19"/>
-[...2 lines deleted...]
-      <c r="D23" s="19" t="s">
+      <c r="A23" s="23"/>
+      <c r="B23" s="23"/>
+      <c r="C23" s="23"/>
+      <c r="D23" s="23" t="s">
         <v>15</v>
       </c>
-      <c r="E23" s="19"/>
+      <c r="E23" s="23"/>
       <c r="F23" s="1">
         <v>553165920</v>
       </c>
       <c r="G23" s="1">
-        <v>553165920</v>
+        <v>504948015.17000002</v>
       </c>
       <c r="H23" s="2">
-        <v>387509189.64999998</v>
+        <v>479948015.17000002</v>
       </c>
     </row>
     <row r="24" spans="1:8" outlineLevel="4" x14ac:dyDescent="0.2">
-      <c r="A24" s="19"/>
-[...3 lines deleted...]
-      <c r="E24" s="15" t="s">
+      <c r="A24" s="23"/>
+      <c r="B24" s="23"/>
+      <c r="C24" s="23"/>
+      <c r="D24" s="23"/>
+      <c r="E24" s="14" t="s">
         <v>10</v>
       </c>
       <c r="F24" s="4">
         <v>553165920</v>
       </c>
       <c r="G24" s="4">
-        <v>553165920</v>
+        <v>504948015.17000002</v>
       </c>
       <c r="H24" s="3">
-        <v>387509189.64999998</v>
+        <v>479948015.17000002</v>
       </c>
     </row>
     <row r="25" spans="1:8" outlineLevel="1" x14ac:dyDescent="0.2">
-      <c r="A25" s="15"/>
-      <c r="B25" s="19" t="s">
+      <c r="A25" s="14"/>
+      <c r="B25" s="23" t="s">
         <v>18</v>
       </c>
-      <c r="C25" s="19"/>
-[...1 lines deleted...]
-      <c r="E25" s="19"/>
+      <c r="C25" s="23"/>
+      <c r="D25" s="23"/>
+      <c r="E25" s="23"/>
       <c r="F25" s="1">
-        <v>168252220</v>
+        <v>168752220</v>
       </c>
       <c r="G25" s="1">
-        <v>76617174.560000002</v>
+        <v>109138881.20999999</v>
       </c>
       <c r="H25" s="2">
-        <v>9167764.7200000007</v>
+        <v>12189151.18</v>
       </c>
     </row>
     <row r="26" spans="1:8" outlineLevel="2" x14ac:dyDescent="0.2">
-      <c r="A26" s="19"/>
-[...1 lines deleted...]
-      <c r="C26" s="19" t="s">
+      <c r="A26" s="23"/>
+      <c r="B26" s="23"/>
+      <c r="C26" s="23" t="s">
         <v>19</v>
       </c>
-      <c r="D26" s="19"/>
-      <c r="E26" s="19"/>
+      <c r="D26" s="23"/>
+      <c r="E26" s="23"/>
       <c r="F26" s="1">
-        <v>168252220</v>
+        <v>168752220</v>
       </c>
       <c r="G26" s="1">
-        <v>76617174.560000002</v>
+        <v>109138881.20999999</v>
       </c>
       <c r="H26" s="2">
-        <v>9167764.7200000007</v>
+        <v>12189151.18</v>
       </c>
     </row>
     <row r="27" spans="1:8" outlineLevel="3" x14ac:dyDescent="0.2">
-      <c r="A27" s="19"/>
-[...2 lines deleted...]
-      <c r="D27" s="19" t="s">
+      <c r="A27" s="23"/>
+      <c r="B27" s="23"/>
+      <c r="C27" s="23"/>
+      <c r="D27" s="23" t="s">
         <v>14</v>
       </c>
-      <c r="E27" s="19"/>
+      <c r="E27" s="23"/>
       <c r="F27" s="1">
-        <v>168252220</v>
+        <v>168752220</v>
       </c>
       <c r="G27" s="1">
-        <v>76617174.560000002</v>
+        <v>109138881.20999999</v>
       </c>
       <c r="H27" s="2">
-        <v>9167764.7200000007</v>
+        <v>12189151.18</v>
       </c>
     </row>
     <row r="28" spans="1:8" outlineLevel="4" x14ac:dyDescent="0.2">
-      <c r="A28" s="19"/>
-[...3 lines deleted...]
-      <c r="E28" s="15" t="s">
+      <c r="A28" s="23"/>
+      <c r="B28" s="23"/>
+      <c r="C28" s="23"/>
+      <c r="D28" s="23"/>
+      <c r="E28" s="14" t="s">
         <v>10</v>
       </c>
       <c r="F28" s="4">
-        <v>168252220</v>
+        <v>168752220</v>
       </c>
       <c r="G28" s="4">
-        <v>76617174.560000002</v>
+        <v>109138881.20999999</v>
       </c>
       <c r="H28" s="3">
-        <v>9167764.7200000007</v>
+        <v>12189151.18</v>
       </c>
     </row>
     <row r="29" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A29" s="19" t="s">
+      <c r="A29" s="23" t="s">
         <v>20</v>
       </c>
-      <c r="B29" s="19"/>
-[...2 lines deleted...]
-      <c r="E29" s="19"/>
+      <c r="B29" s="23"/>
+      <c r="C29" s="23"/>
+      <c r="D29" s="23"/>
+      <c r="E29" s="23"/>
       <c r="F29" s="1">
         <v>156925768</v>
       </c>
       <c r="G29" s="1">
-        <v>12176015.119999999</v>
+        <v>20479273.039999999</v>
       </c>
       <c r="H29" s="2">
-        <v>11520957.539999999</v>
+        <v>12440961.699999999</v>
       </c>
     </row>
     <row r="30" spans="1:8" outlineLevel="1" x14ac:dyDescent="0.2">
-      <c r="A30" s="15"/>
-      <c r="B30" s="19" t="s">
+      <c r="A30" s="14"/>
+      <c r="B30" s="23" t="s">
         <v>7</v>
       </c>
-      <c r="C30" s="19"/>
-[...1 lines deleted...]
-      <c r="E30" s="19"/>
+      <c r="C30" s="23"/>
+      <c r="D30" s="23"/>
+      <c r="E30" s="23"/>
       <c r="F30" s="1">
         <v>78500000</v>
       </c>
       <c r="G30" s="1">
-        <v>9230454.6099999994</v>
+        <v>16390749.779999999</v>
       </c>
       <c r="H30" s="2">
-        <v>8575397.0399999991</v>
+        <v>9495401.1999999993</v>
       </c>
     </row>
     <row r="31" spans="1:8" outlineLevel="2" x14ac:dyDescent="0.2">
-      <c r="A31" s="19"/>
-[...1 lines deleted...]
-      <c r="C31" s="19" t="s">
+      <c r="A31" s="23"/>
+      <c r="B31" s="23"/>
+      <c r="C31" s="23" t="s">
         <v>8</v>
       </c>
-      <c r="D31" s="19"/>
-      <c r="E31" s="19"/>
+      <c r="D31" s="23"/>
+      <c r="E31" s="23"/>
       <c r="F31" s="1">
         <v>78500000</v>
       </c>
       <c r="G31" s="1">
-        <v>9230454.6099999994</v>
+        <v>16390749.779999999</v>
       </c>
       <c r="H31" s="2">
-        <v>8575397.0399999991</v>
+        <v>9495401.1999999993</v>
       </c>
     </row>
     <row r="32" spans="1:8" outlineLevel="3" x14ac:dyDescent="0.2">
-      <c r="A32" s="19"/>
-[...2 lines deleted...]
-      <c r="D32" s="19" t="s">
+      <c r="A32" s="23"/>
+      <c r="B32" s="23"/>
+      <c r="C32" s="23"/>
+      <c r="D32" s="23" t="s">
         <v>14</v>
       </c>
-      <c r="E32" s="19"/>
+      <c r="E32" s="23"/>
       <c r="F32" s="1">
         <v>78499861.180000007</v>
       </c>
       <c r="G32" s="1">
-        <v>9230315.7899999991</v>
+        <v>16390610.960000001</v>
       </c>
       <c r="H32" s="2">
-        <v>8575397.0399999991</v>
+        <v>9495401.1999999993</v>
       </c>
     </row>
     <row r="33" spans="1:8" outlineLevel="4" x14ac:dyDescent="0.2">
-      <c r="A33" s="19"/>
-[...3 lines deleted...]
-      <c r="E33" s="15" t="s">
+      <c r="A33" s="23"/>
+      <c r="B33" s="23"/>
+      <c r="C33" s="23"/>
+      <c r="D33" s="23"/>
+      <c r="E33" s="14" t="s">
         <v>10</v>
       </c>
       <c r="F33" s="4">
         <v>45348159.18</v>
       </c>
       <c r="G33" s="4">
-        <v>237739.3</v>
+        <v>256053.4</v>
       </c>
       <c r="H33" s="3">
-        <v>73397.490000000005</v>
+        <v>191423.13</v>
       </c>
     </row>
     <row r="34" spans="1:8" outlineLevel="4" x14ac:dyDescent="0.2">
-      <c r="A34" s="19"/>
-[...3 lines deleted...]
-      <c r="E34" s="15" t="s">
+      <c r="A34" s="23"/>
+      <c r="B34" s="23"/>
+      <c r="C34" s="23"/>
+      <c r="D34" s="23"/>
+      <c r="E34" s="14" t="s">
         <v>21</v>
       </c>
       <c r="F34" s="4">
         <v>0</v>
       </c>
       <c r="G34" s="4"/>
       <c r="H34" s="3"/>
     </row>
     <row r="35" spans="1:8" outlineLevel="4" x14ac:dyDescent="0.2">
-      <c r="A35" s="19"/>
-[...3 lines deleted...]
-      <c r="E35" s="15" t="s">
+      <c r="A35" s="23"/>
+      <c r="B35" s="23"/>
+      <c r="C35" s="23"/>
+      <c r="D35" s="23"/>
+      <c r="E35" s="14" t="s">
         <v>22</v>
       </c>
       <c r="F35" s="4">
         <v>33151702</v>
       </c>
       <c r="G35" s="4">
-        <v>8992576.4900000002</v>
+        <v>16134557.560000001</v>
       </c>
       <c r="H35" s="3">
-        <v>8501999.5500000007</v>
+        <v>9303978.0700000003</v>
       </c>
     </row>
     <row r="36" spans="1:8" outlineLevel="3" x14ac:dyDescent="0.2">
-      <c r="A36" s="19"/>
-[...2 lines deleted...]
-      <c r="D36" s="19" t="s">
+      <c r="A36" s="23"/>
+      <c r="B36" s="23"/>
+      <c r="C36" s="23"/>
+      <c r="D36" s="23" t="s">
         <v>15</v>
       </c>
-      <c r="E36" s="19"/>
+      <c r="E36" s="23"/>
       <c r="F36" s="1">
         <v>138.82</v>
       </c>
       <c r="G36" s="1">
         <v>138.82</v>
       </c>
       <c r="H36" s="2"/>
     </row>
     <row r="37" spans="1:8" outlineLevel="4" x14ac:dyDescent="0.2">
-      <c r="A37" s="19"/>
-[...3 lines deleted...]
-      <c r="E37" s="15" t="s">
+      <c r="A37" s="23"/>
+      <c r="B37" s="23"/>
+      <c r="C37" s="23"/>
+      <c r="D37" s="23"/>
+      <c r="E37" s="14" t="s">
         <v>10</v>
       </c>
       <c r="F37" s="4">
         <v>138.82</v>
       </c>
       <c r="G37" s="4">
         <v>138.82</v>
       </c>
       <c r="H37" s="3"/>
     </row>
     <row r="38" spans="1:8" outlineLevel="1" x14ac:dyDescent="0.2">
-      <c r="A38" s="15"/>
-      <c r="B38" s="19" t="s">
+      <c r="A38" s="14"/>
+      <c r="B38" s="23" t="s">
         <v>18</v>
       </c>
-      <c r="C38" s="19"/>
-[...1 lines deleted...]
-      <c r="E38" s="19"/>
+      <c r="C38" s="23"/>
+      <c r="D38" s="23"/>
+      <c r="E38" s="23"/>
       <c r="F38" s="1">
         <v>78217731</v>
       </c>
       <c r="G38" s="1">
-        <v>2945560.51</v>
+        <v>4088523.26</v>
       </c>
       <c r="H38" s="2">
         <v>2945560.5</v>
       </c>
     </row>
     <row r="39" spans="1:8" outlineLevel="2" x14ac:dyDescent="0.2">
-      <c r="A39" s="19"/>
-[...1 lines deleted...]
-      <c r="C39" s="19" t="s">
+      <c r="A39" s="23"/>
+      <c r="B39" s="23"/>
+      <c r="C39" s="23" t="s">
         <v>19</v>
       </c>
-      <c r="D39" s="19"/>
-      <c r="E39" s="19"/>
+      <c r="D39" s="23"/>
+      <c r="E39" s="23"/>
       <c r="F39" s="1">
         <v>78217731</v>
       </c>
       <c r="G39" s="1">
-        <v>2945560.51</v>
+        <v>4088523.26</v>
       </c>
       <c r="H39" s="2">
         <v>2945560.5</v>
       </c>
     </row>
     <row r="40" spans="1:8" outlineLevel="3" x14ac:dyDescent="0.2">
-      <c r="A40" s="19"/>
-[...2 lines deleted...]
-      <c r="D40" s="19" t="s">
+      <c r="A40" s="23"/>
+      <c r="B40" s="23"/>
+      <c r="C40" s="23"/>
+      <c r="D40" s="23" t="s">
         <v>14</v>
       </c>
-      <c r="E40" s="19"/>
+      <c r="E40" s="23"/>
       <c r="F40" s="1">
         <v>78217731</v>
       </c>
       <c r="G40" s="1">
-        <v>2945560.51</v>
+        <v>4088523.26</v>
       </c>
       <c r="H40" s="2">
         <v>2945560.5</v>
       </c>
     </row>
     <row r="41" spans="1:8" outlineLevel="4" x14ac:dyDescent="0.2">
-      <c r="A41" s="19"/>
-[...3 lines deleted...]
-      <c r="E41" s="15" t="s">
+      <c r="A41" s="23"/>
+      <c r="B41" s="23"/>
+      <c r="C41" s="23"/>
+      <c r="D41" s="23"/>
+      <c r="E41" s="14" t="s">
         <v>21</v>
       </c>
       <c r="F41" s="4">
         <v>621482.81999999995</v>
       </c>
       <c r="G41" s="4"/>
       <c r="H41" s="3"/>
     </row>
     <row r="42" spans="1:8" outlineLevel="4" x14ac:dyDescent="0.2">
-      <c r="A42" s="19"/>
-[...3 lines deleted...]
-      <c r="E42" s="15" t="s">
+      <c r="A42" s="23"/>
+      <c r="B42" s="23"/>
+      <c r="C42" s="23"/>
+      <c r="D42" s="23"/>
+      <c r="E42" s="14" t="s">
         <v>22</v>
       </c>
       <c r="F42" s="4">
         <v>77596248.180000007</v>
       </c>
       <c r="G42" s="4">
-        <v>2945560.51</v>
+        <v>4088523.26</v>
       </c>
       <c r="H42" s="3">
         <v>2945560.5</v>
       </c>
     </row>
     <row r="43" spans="1:8" outlineLevel="1" x14ac:dyDescent="0.2">
-      <c r="A43" s="15"/>
-      <c r="B43" s="19" t="s">
+      <c r="A43" s="14"/>
+      <c r="B43" s="23" t="s">
         <v>23</v>
       </c>
-      <c r="C43" s="19"/>
-[...1 lines deleted...]
-      <c r="E43" s="19"/>
+      <c r="C43" s="23"/>
+      <c r="D43" s="23"/>
+      <c r="E43" s="23"/>
       <c r="F43" s="1">
         <v>208037</v>
       </c>
       <c r="G43" s="1"/>
       <c r="H43" s="2"/>
     </row>
     <row r="44" spans="1:8" outlineLevel="2" x14ac:dyDescent="0.2">
-      <c r="A44" s="19"/>
-[...1 lines deleted...]
-      <c r="C44" s="19" t="s">
+      <c r="A44" s="23"/>
+      <c r="B44" s="23"/>
+      <c r="C44" s="23" t="s">
         <v>23</v>
       </c>
-      <c r="D44" s="19"/>
-      <c r="E44" s="19"/>
+      <c r="D44" s="23"/>
+      <c r="E44" s="23"/>
       <c r="F44" s="1">
         <v>208037</v>
       </c>
       <c r="G44" s="1"/>
       <c r="H44" s="2"/>
     </row>
     <row r="45" spans="1:8" outlineLevel="3" x14ac:dyDescent="0.2">
-      <c r="A45" s="19"/>
-[...2 lines deleted...]
-      <c r="D45" s="19" t="s">
+      <c r="A45" s="23"/>
+      <c r="B45" s="23"/>
+      <c r="C45" s="23"/>
+      <c r="D45" s="23" t="s">
         <v>23</v>
       </c>
-      <c r="E45" s="19"/>
+      <c r="E45" s="23"/>
       <c r="F45" s="1">
         <v>208037</v>
       </c>
       <c r="G45" s="1"/>
       <c r="H45" s="2"/>
     </row>
     <row r="46" spans="1:8" ht="22.5" outlineLevel="4" x14ac:dyDescent="0.2">
-      <c r="A46" s="19"/>
-[...3 lines deleted...]
-      <c r="E46" s="15" t="s">
+      <c r="A46" s="23"/>
+      <c r="B46" s="23"/>
+      <c r="C46" s="23"/>
+      <c r="D46" s="23"/>
+      <c r="E46" s="14" t="s">
         <v>24</v>
       </c>
       <c r="F46" s="4">
         <v>208037</v>
       </c>
       <c r="G46" s="4"/>
       <c r="H46" s="3"/>
     </row>
     <row r="47" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A47" s="16" t="s">
+      <c r="A47" s="21" t="s">
         <v>11</v>
       </c>
-      <c r="B47" s="16"/>
-[...2 lines deleted...]
-      <c r="E47" s="16"/>
+      <c r="B47" s="21"/>
+      <c r="C47" s="21"/>
+      <c r="D47" s="21"/>
+      <c r="E47" s="21"/>
       <c r="F47" s="1">
         <v>8594493584</v>
       </c>
       <c r="G47" s="1">
-        <v>8161545491.7799997</v>
+        <v>7498149713.7299995</v>
       </c>
       <c r="H47" s="2">
-        <v>6159752376.5200005</v>
+        <v>7026556318.1000004</v>
       </c>
     </row>
     <row r="48" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A48" s="14" t="s">
+      <c r="A48" s="13" t="s">
         <v>107</v>
       </c>
-      <c r="B48" s="13"/>
-[...2 lines deleted...]
-      <c r="H48" s="12" t="s">
+      <c r="B48" s="12"/>
+      <c r="C48" s="12"/>
+      <c r="D48" s="12"/>
+      <c r="H48" s="11" t="s">
         <v>119</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="62">
     <mergeCell ref="A47:E47"/>
     <mergeCell ref="A3:H3"/>
     <mergeCell ref="B43:E43"/>
     <mergeCell ref="A44:B44"/>
     <mergeCell ref="C44:E44"/>
     <mergeCell ref="A45:C45"/>
     <mergeCell ref="D45:E45"/>
     <mergeCell ref="A46:D46"/>
     <mergeCell ref="A39:B39"/>
     <mergeCell ref="C39:E39"/>
     <mergeCell ref="A40:C40"/>
     <mergeCell ref="D40:E40"/>
     <mergeCell ref="A41:D41"/>
     <mergeCell ref="A42:D42"/>
     <mergeCell ref="A34:D34"/>
     <mergeCell ref="A35:D35"/>
     <mergeCell ref="A36:C36"/>
     <mergeCell ref="D36:E36"/>
     <mergeCell ref="A37:D37"/>
     <mergeCell ref="B38:E38"/>
@@ -2110,652 +2138,652 @@
     <mergeCell ref="A9:C9"/>
     <mergeCell ref="D9:E9"/>
     <mergeCell ref="A10:D10"/>
     <mergeCell ref="A11:C11"/>
     <mergeCell ref="D11:E11"/>
     <mergeCell ref="A12:D12"/>
     <mergeCell ref="A1:H1"/>
     <mergeCell ref="A6:E6"/>
     <mergeCell ref="B7:E7"/>
     <mergeCell ref="A8:B8"/>
     <mergeCell ref="C8:E8"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.51181102362204722" right="0.51181102362204722" top="0.78740157480314965" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="67" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:G40"/>
   <sheetViews>
-    <sheetView showGridLines="0" workbookViewId="0">
-      <selection activeCell="A10" sqref="A10:D10"/>
+    <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
+      <selection activeCell="A34" sqref="A34:D34"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" outlineLevelRow="3" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="36.7109375" style="11" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="8" max="16384" width="9.140625" style="11"/>
+    <col min="1" max="1" width="36.7109375" style="10" customWidth="1"/>
+    <col min="2" max="2" width="22.28515625" style="10" customWidth="1"/>
+    <col min="3" max="3" width="31.140625" style="10" customWidth="1"/>
+    <col min="4" max="4" width="37.42578125" style="10" customWidth="1"/>
+    <col min="5" max="7" width="14.28515625" style="10" customWidth="1"/>
+    <col min="8" max="16384" width="9.140625" style="10"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" ht="42" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A1" s="17" t="s">
+      <c r="A1" s="24" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="17"/>
-[...4 lines deleted...]
-      <c r="G1" s="17"/>
+      <c r="B1" s="24"/>
+      <c r="C1" s="24"/>
+      <c r="D1" s="24"/>
+      <c r="E1" s="24"/>
+      <c r="F1" s="24"/>
+      <c r="G1" s="24"/>
     </row>
     <row r="3" spans="1:7" ht="22.5" x14ac:dyDescent="0.2">
-      <c r="A3" s="27" t="s">
+      <c r="A3" s="19" t="s">
         <v>108</v>
       </c>
-      <c r="B3" s="28"/>
-[...7 lines deleted...]
-      <c r="A5" s="24" t="s">
+      <c r="B3" s="20"/>
+      <c r="C3" s="20"/>
+      <c r="D3" s="20"/>
+      <c r="E3" s="20"/>
+      <c r="F3" s="20"/>
+      <c r="G3" s="20"/>
+    </row>
+    <row r="5" spans="1:7" ht="22.5" x14ac:dyDescent="0.2">
+      <c r="A5" s="16" t="s">
         <v>110</v>
       </c>
-      <c r="B5" s="24" t="s">
+      <c r="B5" s="16" t="s">
         <v>39</v>
       </c>
-      <c r="C5" s="24" t="s">
+      <c r="C5" s="16" t="s">
         <v>38</v>
       </c>
-      <c r="D5" s="24" t="s">
+      <c r="D5" s="16" t="s">
         <v>37</v>
       </c>
-      <c r="E5" s="25" t="s">
+      <c r="E5" s="17" t="s">
         <v>5</v>
       </c>
-      <c r="F5" s="25" t="s">
-[...2 lines deleted...]
-      <c r="G5" s="26" t="s">
+      <c r="F5" s="17" t="s">
+        <v>118</v>
+      </c>
+      <c r="G5" s="18" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="6" spans="1:7" x14ac:dyDescent="0.2">
-      <c r="A6" s="19" t="s">
+      <c r="A6" s="23" t="s">
         <v>6</v>
       </c>
-      <c r="B6" s="19"/>
-[...1 lines deleted...]
-      <c r="D6" s="19"/>
+      <c r="B6" s="23"/>
+      <c r="C6" s="23"/>
+      <c r="D6" s="23"/>
       <c r="E6" s="1">
         <v>8437567816</v>
       </c>
       <c r="F6" s="1">
-        <v>8149369476.6599998</v>
+        <v>7477670440.6899996</v>
       </c>
       <c r="G6" s="2">
-        <v>6148231418.9799995</v>
+        <v>7014115356.3999996</v>
       </c>
     </row>
     <row r="7" spans="1:7" outlineLevel="1" x14ac:dyDescent="0.2">
-      <c r="A7" s="15"/>
-      <c r="B7" s="19" t="s">
+      <c r="A7" s="14"/>
+      <c r="B7" s="23" t="s">
         <v>36</v>
       </c>
-      <c r="C7" s="19"/>
-      <c r="D7" s="19"/>
+      <c r="C7" s="23"/>
+      <c r="D7" s="23"/>
       <c r="E7" s="1">
         <v>177139453</v>
       </c>
       <c r="F7" s="1">
-        <v>176506601.08000001</v>
+        <v>152510976.72</v>
       </c>
       <c r="G7" s="2">
-        <v>137061553.59999999</v>
+        <v>152510976.72</v>
       </c>
     </row>
     <row r="8" spans="1:7" outlineLevel="2" x14ac:dyDescent="0.2">
-      <c r="A8" s="19"/>
-[...1 lines deleted...]
-      <c r="C8" s="19" t="s">
+      <c r="A8" s="23"/>
+      <c r="B8" s="23"/>
+      <c r="C8" s="23" t="s">
         <v>35</v>
       </c>
-      <c r="D8" s="19"/>
+      <c r="D8" s="23"/>
       <c r="E8" s="1">
         <v>90505</v>
       </c>
       <c r="F8" s="1"/>
       <c r="G8" s="2"/>
     </row>
     <row r="9" spans="1:7" outlineLevel="3" x14ac:dyDescent="0.2">
-      <c r="A9" s="19"/>
-[...2 lines deleted...]
-      <c r="D9" s="15" t="s">
+      <c r="A9" s="23"/>
+      <c r="B9" s="23"/>
+      <c r="C9" s="23"/>
+      <c r="D9" s="14" t="s">
         <v>29</v>
       </c>
       <c r="E9" s="4">
         <v>90505</v>
       </c>
       <c r="F9" s="4"/>
       <c r="G9" s="3"/>
     </row>
     <row r="10" spans="1:7" outlineLevel="2" x14ac:dyDescent="0.2">
-      <c r="A10" s="19"/>
-[...1 lines deleted...]
-      <c r="C10" s="19" t="s">
+      <c r="A10" s="23"/>
+      <c r="B10" s="23"/>
+      <c r="C10" s="23" t="s">
         <v>32</v>
       </c>
-      <c r="D10" s="19"/>
+      <c r="D10" s="23"/>
       <c r="E10" s="1">
         <v>177048948</v>
       </c>
       <c r="F10" s="1">
-        <v>176506601.08000001</v>
+        <v>152510976.72</v>
       </c>
       <c r="G10" s="2">
-        <v>137061553.59999999</v>
+        <v>152510976.72</v>
       </c>
     </row>
     <row r="11" spans="1:7" outlineLevel="3" x14ac:dyDescent="0.2">
-      <c r="A11" s="19"/>
-[...2 lines deleted...]
-      <c r="D11" s="15" t="s">
+      <c r="A11" s="23"/>
+      <c r="B11" s="23"/>
+      <c r="C11" s="23"/>
+      <c r="D11" s="14" t="s">
         <v>25</v>
       </c>
       <c r="E11" s="4">
         <v>51971948</v>
       </c>
       <c r="F11" s="4">
-        <v>51429601.079999998</v>
+        <v>40458375.280000001</v>
       </c>
       <c r="G11" s="3">
-        <v>34166354.759999998</v>
+        <v>40458375.280000001</v>
       </c>
     </row>
     <row r="12" spans="1:7" outlineLevel="3" x14ac:dyDescent="0.2">
-      <c r="A12" s="19"/>
-[...2 lines deleted...]
-      <c r="D12" s="15" t="s">
+      <c r="A12" s="23"/>
+      <c r="B12" s="23"/>
+      <c r="C12" s="23"/>
+      <c r="D12" s="14" t="s">
         <v>29</v>
       </c>
       <c r="E12" s="4">
         <v>125077000</v>
       </c>
       <c r="F12" s="4">
-        <v>125077000</v>
+        <v>112052601.44</v>
       </c>
       <c r="G12" s="3">
-        <v>102895198.84</v>
+        <v>112052601.44</v>
       </c>
     </row>
     <row r="13" spans="1:7" outlineLevel="1" x14ac:dyDescent="0.2">
-      <c r="A13" s="15"/>
-      <c r="B13" s="19" t="s">
+      <c r="A13" s="14"/>
+      <c r="B13" s="23" t="s">
         <v>28</v>
       </c>
-      <c r="C13" s="19"/>
-      <c r="D13" s="19"/>
+      <c r="C13" s="23"/>
+      <c r="D13" s="23"/>
       <c r="E13" s="1">
         <v>5994406239</v>
       </c>
       <c r="F13" s="1">
-        <v>5736862875.5799999</v>
+        <v>5205883803.4300003</v>
       </c>
       <c r="G13" s="2">
-        <v>4151232172.46</v>
+        <v>4742328719.1400003</v>
       </c>
     </row>
     <row r="14" spans="1:7" outlineLevel="2" x14ac:dyDescent="0.2">
-      <c r="A14" s="19"/>
-[...1 lines deleted...]
-      <c r="C14" s="19" t="s">
+      <c r="A14" s="23"/>
+      <c r="B14" s="23"/>
+      <c r="C14" s="23" t="s">
         <v>27</v>
       </c>
-      <c r="D14" s="19"/>
+      <c r="D14" s="23"/>
       <c r="E14" s="1">
         <v>1139111975</v>
       </c>
       <c r="F14" s="1">
-        <v>914048597.53999996</v>
+        <v>964712088.69000006</v>
       </c>
       <c r="G14" s="2">
-        <v>630648073.69000006</v>
+        <v>744120156.59000003</v>
       </c>
     </row>
     <row r="15" spans="1:7" outlineLevel="3" x14ac:dyDescent="0.2">
-      <c r="A15" s="19"/>
-[...2 lines deleted...]
-      <c r="D15" s="15" t="s">
+      <c r="A15" s="23"/>
+      <c r="B15" s="23"/>
+      <c r="C15" s="23"/>
+      <c r="D15" s="14" t="s">
         <v>25</v>
       </c>
       <c r="E15" s="4">
         <v>1139111975</v>
       </c>
       <c r="F15" s="4">
-        <v>914048597.53999996</v>
+        <v>964712088.69000006</v>
       </c>
       <c r="G15" s="3">
-        <v>630648073.69000006</v>
+        <v>744120156.59000003</v>
       </c>
     </row>
     <row r="16" spans="1:7" outlineLevel="2" x14ac:dyDescent="0.2">
-      <c r="A16" s="19"/>
-[...1 lines deleted...]
-      <c r="C16" s="19" t="s">
+      <c r="A16" s="23"/>
+      <c r="B16" s="23"/>
+      <c r="C16" s="23" t="s">
         <v>34</v>
       </c>
-      <c r="D16" s="19"/>
+      <c r="D16" s="23"/>
       <c r="E16" s="1">
         <v>3977598344</v>
       </c>
       <c r="F16" s="1">
-        <v>3964319756.4299998</v>
+        <v>3384480650.5799999</v>
       </c>
       <c r="G16" s="2">
-        <v>2769587860.5500002</v>
+        <v>3161770247</v>
       </c>
     </row>
     <row r="17" spans="1:7" outlineLevel="3" x14ac:dyDescent="0.2">
-      <c r="A17" s="19"/>
-[...2 lines deleted...]
-      <c r="D17" s="15" t="s">
+      <c r="A17" s="23"/>
+      <c r="B17" s="23"/>
+      <c r="C17" s="23"/>
+      <c r="D17" s="14" t="s">
         <v>25</v>
       </c>
       <c r="E17" s="4">
         <v>3977598344</v>
       </c>
       <c r="F17" s="4">
-        <v>3964319756.4299998</v>
+        <v>3384480650.5799999</v>
       </c>
       <c r="G17" s="3">
-        <v>2769587860.5500002</v>
+        <v>3161770247</v>
       </c>
     </row>
     <row r="18" spans="1:7" outlineLevel="2" x14ac:dyDescent="0.2">
-      <c r="A18" s="19"/>
-[...1 lines deleted...]
-      <c r="C18" s="19" t="s">
+      <c r="A18" s="23"/>
+      <c r="B18" s="23"/>
+      <c r="C18" s="23" t="s">
         <v>33</v>
       </c>
-      <c r="D18" s="19"/>
+      <c r="D18" s="23"/>
       <c r="E18" s="1">
         <v>8000000</v>
       </c>
       <c r="F18" s="1"/>
       <c r="G18" s="2"/>
     </row>
     <row r="19" spans="1:7" outlineLevel="3" x14ac:dyDescent="0.2">
-      <c r="A19" s="19"/>
-[...2 lines deleted...]
-      <c r="D19" s="15" t="s">
+      <c r="A19" s="23"/>
+      <c r="B19" s="23"/>
+      <c r="C19" s="23"/>
+      <c r="D19" s="14" t="s">
         <v>25</v>
       </c>
       <c r="E19" s="4">
         <v>8000000</v>
       </c>
       <c r="F19" s="4"/>
       <c r="G19" s="3"/>
     </row>
     <row r="20" spans="1:7" outlineLevel="2" x14ac:dyDescent="0.2">
-      <c r="A20" s="19"/>
-[...1 lines deleted...]
-      <c r="C20" s="19" t="s">
+      <c r="A20" s="23"/>
+      <c r="B20" s="23"/>
+      <c r="C20" s="23" t="s">
         <v>26</v>
       </c>
-      <c r="D20" s="19"/>
+      <c r="D20" s="23"/>
       <c r="E20" s="1">
         <v>642180000</v>
       </c>
       <c r="F20" s="1">
-        <v>630978601.61000001</v>
+        <v>636762620.25999999</v>
       </c>
       <c r="G20" s="2">
-        <v>581759786.95000005</v>
+        <v>616509871.64999998</v>
       </c>
     </row>
     <row r="21" spans="1:7" outlineLevel="3" x14ac:dyDescent="0.2">
-      <c r="A21" s="19"/>
-[...2 lines deleted...]
-      <c r="D21" s="15" t="s">
+      <c r="A21" s="23"/>
+      <c r="B21" s="23"/>
+      <c r="C21" s="23"/>
+      <c r="D21" s="14" t="s">
         <v>25</v>
       </c>
       <c r="E21" s="4">
         <v>642180000</v>
       </c>
       <c r="F21" s="4">
-        <v>630978601.61000001</v>
+        <v>636762620.25999999</v>
       </c>
       <c r="G21" s="3">
-        <v>581759786.95000005</v>
+        <v>616509871.64999998</v>
       </c>
     </row>
     <row r="22" spans="1:7" outlineLevel="2" x14ac:dyDescent="0.2">
-      <c r="A22" s="19"/>
-[...1 lines deleted...]
-      <c r="C22" s="19" t="s">
+      <c r="A22" s="23"/>
+      <c r="B22" s="23"/>
+      <c r="C22" s="23" t="s">
         <v>32</v>
       </c>
-      <c r="D22" s="19"/>
+      <c r="D22" s="23"/>
       <c r="E22" s="1">
         <v>227515920</v>
       </c>
       <c r="F22" s="1">
-        <v>227515920</v>
+        <v>219928443.90000001</v>
       </c>
       <c r="G22" s="2">
-        <v>169236451.27000001</v>
+        <v>219928443.90000001</v>
       </c>
     </row>
     <row r="23" spans="1:7" outlineLevel="3" x14ac:dyDescent="0.2">
-      <c r="A23" s="19"/>
-[...2 lines deleted...]
-      <c r="D23" s="15" t="s">
+      <c r="A23" s="23"/>
+      <c r="B23" s="23"/>
+      <c r="C23" s="23"/>
+      <c r="D23" s="14" t="s">
         <v>25</v>
       </c>
       <c r="E23" s="4">
         <v>227515920</v>
       </c>
       <c r="F23" s="4">
-        <v>227515920</v>
+        <v>219928443.90000001</v>
       </c>
       <c r="G23" s="3">
-        <v>169236451.27000001</v>
+        <v>219928443.90000001</v>
       </c>
     </row>
     <row r="24" spans="1:7" outlineLevel="1" x14ac:dyDescent="0.2">
-      <c r="A24" s="15"/>
-      <c r="B24" s="19" t="s">
+      <c r="A24" s="14"/>
+      <c r="B24" s="23" t="s">
         <v>31</v>
       </c>
-      <c r="C24" s="19"/>
-      <c r="D24" s="19"/>
+      <c r="C24" s="23"/>
+      <c r="D24" s="23"/>
       <c r="E24" s="1">
         <v>2236000000</v>
       </c>
       <c r="F24" s="1">
-        <v>2236000000</v>
+        <v>2119275660.54</v>
       </c>
       <c r="G24" s="2">
-        <v>1859937692.9200001</v>
+        <v>2119275660.54</v>
       </c>
     </row>
     <row r="25" spans="1:7" outlineLevel="2" x14ac:dyDescent="0.2">
-      <c r="A25" s="19"/>
-[...1 lines deleted...]
-      <c r="C25" s="19" t="s">
+      <c r="A25" s="23"/>
+      <c r="B25" s="23"/>
+      <c r="C25" s="23" t="s">
         <v>30</v>
       </c>
-      <c r="D25" s="19"/>
+      <c r="D25" s="23"/>
       <c r="E25" s="1">
         <v>2236000000</v>
       </c>
       <c r="F25" s="1">
-        <v>2236000000</v>
+        <v>2119275660.54</v>
       </c>
       <c r="G25" s="2">
-        <v>1859937692.9200001</v>
+        <v>2119275660.54</v>
       </c>
     </row>
     <row r="26" spans="1:7" outlineLevel="3" x14ac:dyDescent="0.2">
-      <c r="A26" s="19"/>
-[...2 lines deleted...]
-      <c r="D26" s="15" t="s">
+      <c r="A26" s="23"/>
+      <c r="B26" s="23"/>
+      <c r="C26" s="23"/>
+      <c r="D26" s="14" t="s">
         <v>29</v>
       </c>
       <c r="E26" s="4">
         <v>2236000000</v>
       </c>
       <c r="F26" s="4">
-        <v>2236000000</v>
+        <v>2119275660.54</v>
       </c>
       <c r="G26" s="3">
-        <v>1859937692.9200001</v>
+        <v>2119275660.54</v>
       </c>
     </row>
     <row r="27" spans="1:7" outlineLevel="1" x14ac:dyDescent="0.2">
-      <c r="A27" s="15"/>
-      <c r="B27" s="19" t="s">
+      <c r="A27" s="14"/>
+      <c r="B27" s="23" t="s">
         <v>23</v>
       </c>
-      <c r="C27" s="19"/>
-      <c r="D27" s="19"/>
+      <c r="C27" s="23"/>
+      <c r="D27" s="23"/>
       <c r="E27" s="1">
         <v>30022124</v>
       </c>
       <c r="F27" s="1"/>
       <c r="G27" s="2"/>
     </row>
     <row r="28" spans="1:7" outlineLevel="2" x14ac:dyDescent="0.2">
-      <c r="A28" s="19"/>
-[...1 lines deleted...]
-      <c r="C28" s="19" t="s">
+      <c r="A28" s="23"/>
+      <c r="B28" s="23"/>
+      <c r="C28" s="23" t="s">
         <v>23</v>
       </c>
-      <c r="D28" s="19"/>
+      <c r="D28" s="23"/>
       <c r="E28" s="1">
         <v>30022124</v>
       </c>
       <c r="F28" s="1"/>
       <c r="G28" s="2"/>
     </row>
     <row r="29" spans="1:7" outlineLevel="3" x14ac:dyDescent="0.2">
-      <c r="A29" s="19"/>
-[...2 lines deleted...]
-      <c r="D29" s="15" t="s">
+      <c r="A29" s="23"/>
+      <c r="B29" s="23"/>
+      <c r="C29" s="23"/>
+      <c r="D29" s="14" t="s">
         <v>25</v>
       </c>
       <c r="E29" s="4">
         <v>30022124</v>
       </c>
       <c r="F29" s="4"/>
       <c r="G29" s="3"/>
     </row>
     <row r="30" spans="1:7" x14ac:dyDescent="0.2">
-      <c r="A30" s="19" t="s">
+      <c r="A30" s="23" t="s">
         <v>20</v>
       </c>
-      <c r="B30" s="19"/>
-[...1 lines deleted...]
-      <c r="D30" s="19"/>
+      <c r="B30" s="23"/>
+      <c r="C30" s="23"/>
+      <c r="D30" s="23"/>
       <c r="E30" s="1">
         <v>156925768</v>
       </c>
       <c r="F30" s="1">
-        <v>12176015.119999999</v>
+        <v>20479273.039999999</v>
       </c>
       <c r="G30" s="2">
-        <v>11520957.539999999</v>
+        <v>12440961.699999999</v>
       </c>
     </row>
     <row r="31" spans="1:7" outlineLevel="1" x14ac:dyDescent="0.2">
-      <c r="A31" s="15"/>
-      <c r="B31" s="19" t="s">
+      <c r="A31" s="14"/>
+      <c r="B31" s="23" t="s">
         <v>28</v>
       </c>
-      <c r="C31" s="19"/>
-      <c r="D31" s="19"/>
+      <c r="C31" s="23"/>
+      <c r="D31" s="23"/>
       <c r="E31" s="1">
         <v>156717731</v>
       </c>
       <c r="F31" s="1">
-        <v>12176015.119999999</v>
+        <v>20479273.039999999</v>
       </c>
       <c r="G31" s="2">
-        <v>11520957.539999999</v>
+        <v>12440961.699999999</v>
       </c>
     </row>
     <row r="32" spans="1:7" outlineLevel="2" x14ac:dyDescent="0.2">
-      <c r="A32" s="19"/>
-[...1 lines deleted...]
-      <c r="C32" s="19" t="s">
+      <c r="A32" s="23"/>
+      <c r="B32" s="23"/>
+      <c r="C32" s="23" t="s">
         <v>27</v>
       </c>
-      <c r="D32" s="19"/>
+      <c r="D32" s="23"/>
       <c r="E32" s="1">
         <v>145217731</v>
       </c>
       <c r="F32" s="1">
-        <v>8033396.7699999996</v>
+        <v>9194673.6199999992</v>
       </c>
       <c r="G32" s="2">
-        <v>7807477.6799999997</v>
+        <v>7925842.7699999996</v>
       </c>
     </row>
     <row r="33" spans="1:7" outlineLevel="3" x14ac:dyDescent="0.2">
-      <c r="A33" s="19"/>
-[...2 lines deleted...]
-      <c r="D33" s="15" t="s">
+      <c r="A33" s="23"/>
+      <c r="B33" s="23"/>
+      <c r="C33" s="23"/>
+      <c r="D33" s="14" t="s">
         <v>25</v>
       </c>
       <c r="E33" s="4">
         <v>145217731</v>
       </c>
       <c r="F33" s="4">
-        <v>8033396.7699999996</v>
+        <v>9194673.6199999992</v>
       </c>
       <c r="G33" s="3">
-        <v>7807477.6799999997</v>
+        <v>7925842.7699999996</v>
       </c>
     </row>
     <row r="34" spans="1:7" outlineLevel="2" x14ac:dyDescent="0.2">
-      <c r="A34" s="19"/>
-[...1 lines deleted...]
-      <c r="C34" s="19" t="s">
+      <c r="A34" s="23"/>
+      <c r="B34" s="23"/>
+      <c r="C34" s="23" t="s">
         <v>26</v>
       </c>
-      <c r="D34" s="19"/>
+      <c r="D34" s="23"/>
       <c r="E34" s="1">
         <v>11500000</v>
       </c>
       <c r="F34" s="1">
-        <v>4142618.35</v>
+        <v>11284599.42</v>
       </c>
       <c r="G34" s="2">
-        <v>3713479.86</v>
+        <v>4515118.93</v>
       </c>
     </row>
     <row r="35" spans="1:7" outlineLevel="3" x14ac:dyDescent="0.2">
-      <c r="A35" s="19"/>
-[...2 lines deleted...]
-      <c r="D35" s="15" t="s">
+      <c r="A35" s="23"/>
+      <c r="B35" s="23"/>
+      <c r="C35" s="23"/>
+      <c r="D35" s="14" t="s">
         <v>25</v>
       </c>
       <c r="E35" s="4">
         <v>11500000</v>
       </c>
       <c r="F35" s="4">
-        <v>4142618.35</v>
+        <v>11284599.42</v>
       </c>
       <c r="G35" s="3">
-        <v>3713479.86</v>
+        <v>4515118.93</v>
       </c>
     </row>
     <row r="36" spans="1:7" outlineLevel="1" x14ac:dyDescent="0.2">
-      <c r="A36" s="15"/>
-      <c r="B36" s="19" t="s">
+      <c r="A36" s="14"/>
+      <c r="B36" s="23" t="s">
         <v>23</v>
       </c>
-      <c r="C36" s="19"/>
-      <c r="D36" s="19"/>
+      <c r="C36" s="23"/>
+      <c r="D36" s="23"/>
       <c r="E36" s="1">
         <v>208037</v>
       </c>
       <c r="F36" s="1"/>
       <c r="G36" s="2"/>
     </row>
     <row r="37" spans="1:7" outlineLevel="2" x14ac:dyDescent="0.2">
-      <c r="A37" s="19"/>
-[...1 lines deleted...]
-      <c r="C37" s="19" t="s">
+      <c r="A37" s="23"/>
+      <c r="B37" s="23"/>
+      <c r="C37" s="23" t="s">
         <v>23</v>
       </c>
-      <c r="D37" s="19"/>
+      <c r="D37" s="23"/>
       <c r="E37" s="1">
         <v>208037</v>
       </c>
       <c r="F37" s="1"/>
       <c r="G37" s="2"/>
     </row>
     <row r="38" spans="1:7" outlineLevel="3" x14ac:dyDescent="0.2">
-      <c r="A38" s="19"/>
-[...2 lines deleted...]
-      <c r="D38" s="15" t="s">
+      <c r="A38" s="23"/>
+      <c r="B38" s="23"/>
+      <c r="C38" s="23"/>
+      <c r="D38" s="14" t="s">
         <v>25</v>
       </c>
       <c r="E38" s="4">
         <v>208037</v>
       </c>
       <c r="F38" s="4"/>
       <c r="G38" s="3"/>
     </row>
     <row r="39" spans="1:7" x14ac:dyDescent="0.2">
-      <c r="A39" s="16" t="s">
+      <c r="A39" s="21" t="s">
         <v>11</v>
       </c>
-      <c r="B39" s="16"/>
-[...1 lines deleted...]
-      <c r="D39" s="16"/>
+      <c r="B39" s="21"/>
+      <c r="C39" s="21"/>
+      <c r="D39" s="21"/>
       <c r="E39" s="1">
         <v>8594493584</v>
       </c>
       <c r="F39" s="1">
-        <v>8161545491.7799997</v>
+        <v>7498149713.7299995</v>
       </c>
       <c r="G39" s="2">
-        <v>6159752376.5200005</v>
+        <v>7026556318.1000004</v>
       </c>
     </row>
     <row r="40" spans="1:7" x14ac:dyDescent="0.2">
-      <c r="A40" s="11" t="s">
-[...2 lines deleted...]
-      <c r="G40" s="12" t="s">
+      <c r="A40" s="29" t="s">
+        <v>107</v>
+      </c>
+      <c r="G40" s="11" t="s">
         <v>119</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="47">
     <mergeCell ref="A35:C35"/>
     <mergeCell ref="B36:D36"/>
     <mergeCell ref="A37:B37"/>
     <mergeCell ref="C37:D37"/>
     <mergeCell ref="A38:C38"/>
     <mergeCell ref="A39:D39"/>
     <mergeCell ref="B31:D31"/>
     <mergeCell ref="A32:B32"/>
     <mergeCell ref="C32:D32"/>
     <mergeCell ref="A33:C33"/>
     <mergeCell ref="A34:B34"/>
     <mergeCell ref="C34:D34"/>
     <mergeCell ref="A26:C26"/>
     <mergeCell ref="B27:D27"/>
     <mergeCell ref="A28:B28"/>
     <mergeCell ref="C28:D28"/>
     <mergeCell ref="A29:C29"/>
     <mergeCell ref="A30:D30"/>
     <mergeCell ref="A22:B22"/>
     <mergeCell ref="C22:D22"/>
@@ -2776,2236 +2804,2279 @@
     <mergeCell ref="C16:D16"/>
     <mergeCell ref="A17:C17"/>
     <mergeCell ref="A9:C9"/>
     <mergeCell ref="A10:B10"/>
     <mergeCell ref="C10:D10"/>
     <mergeCell ref="A11:C11"/>
     <mergeCell ref="A12:C12"/>
     <mergeCell ref="B13:D13"/>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A6:D6"/>
     <mergeCell ref="B7:D7"/>
     <mergeCell ref="A8:B8"/>
     <mergeCell ref="C8:D8"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.51181102362204722" right="0.51181102362204722" top="0.78740157480314965" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="80" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:E109"/>
+  <dimension ref="A1:E112"/>
   <sheetViews>
-    <sheetView showGridLines="0" workbookViewId="0">
-      <selection activeCell="A10" sqref="A10:D10"/>
+    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A19" workbookViewId="0">
+      <selection activeCell="A34" sqref="A34:D34"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" outlineLevelRow="2" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="20.28515625" style="11" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="6" max="16384" width="9.140625" style="11"/>
+    <col min="1" max="1" width="20.140625" style="10" customWidth="1"/>
+    <col min="2" max="2" width="14.28515625" style="10" customWidth="1"/>
+    <col min="3" max="3" width="52.5703125" style="10" customWidth="1"/>
+    <col min="4" max="5" width="14.28515625" style="10" customWidth="1"/>
+    <col min="6" max="16384" width="9.140625" style="10"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="52.9" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A1" s="17" t="s">
+      <c r="A1" s="24" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="17"/>
-[...2 lines deleted...]
-      <c r="E1" s="17"/>
+      <c r="B1" s="24"/>
+      <c r="C1" s="24"/>
+      <c r="D1" s="24"/>
+      <c r="E1" s="24"/>
     </row>
     <row r="3" spans="1:5" ht="22.5" x14ac:dyDescent="0.2">
-      <c r="A3" s="20" t="s">
+      <c r="A3" s="25" t="s">
         <v>109</v>
       </c>
-      <c r="B3" s="20"/>
-[...2 lines deleted...]
-      <c r="E3" s="20"/>
+      <c r="B3" s="25"/>
+      <c r="C3" s="25"/>
+      <c r="D3" s="25"/>
+      <c r="E3" s="25"/>
     </row>
     <row r="4" spans="1:5" x14ac:dyDescent="0.2">
-      <c r="E4" s="7" t="s">
+      <c r="E4" s="6" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="5" spans="1:5" ht="24.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A5" s="6" t="s">
+      <c r="A5" s="15" t="s">
         <v>110</v>
       </c>
-      <c r="B5" s="6" t="s">
+      <c r="B5" s="15" t="s">
         <v>111</v>
       </c>
-      <c r="C5" s="6" t="s">
+      <c r="C5" s="15" t="s">
         <v>112</v>
       </c>
-      <c r="D5" s="6" t="s">
+      <c r="D5" s="15" t="s">
         <v>105</v>
       </c>
       <c r="E5" s="5" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="6" spans="1:5" x14ac:dyDescent="0.2">
-      <c r="A6" s="19" t="s">
+      <c r="A6" s="30" t="s">
         <v>6</v>
       </c>
-      <c r="B6" s="19"/>
-[...5 lines deleted...]
-        <v>6148231418.9799995</v>
+      <c r="B6" s="30"/>
+      <c r="C6" s="30"/>
+      <c r="D6" s="31">
+        <v>7477670440.6899996</v>
+      </c>
+      <c r="E6" s="32">
+        <v>7014115356.3999996</v>
       </c>
     </row>
     <row r="7" spans="1:5" outlineLevel="1" x14ac:dyDescent="0.2">
-      <c r="A7" s="15"/>
-      <c r="B7" s="19" t="s">
+      <c r="A7" s="33"/>
+      <c r="B7" s="30" t="s">
+        <v>120</v>
+      </c>
+      <c r="C7" s="30"/>
+      <c r="D7" s="31">
+        <v>0</v>
+      </c>
+      <c r="E7" s="32"/>
+    </row>
+    <row r="8" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A8" s="30"/>
+      <c r="B8" s="30"/>
+      <c r="C8" s="33" t="s">
+        <v>42</v>
+      </c>
+      <c r="D8" s="34">
+        <v>0</v>
+      </c>
+      <c r="E8" s="35"/>
+    </row>
+    <row r="9" spans="1:5" outlineLevel="1" x14ac:dyDescent="0.2">
+      <c r="A9" s="33"/>
+      <c r="B9" s="30" t="s">
         <v>76</v>
       </c>
-      <c r="C7" s="19"/>
-[...10 lines deleted...]
-      <c r="C8" s="15" t="s">
+      <c r="C9" s="30"/>
+      <c r="D9" s="31">
+        <v>55634549.049999997</v>
+      </c>
+      <c r="E9" s="32">
+        <v>2213635.44</v>
+      </c>
+    </row>
+    <row r="10" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A10" s="30"/>
+      <c r="B10" s="30"/>
+      <c r="C10" s="33" t="s">
         <v>42</v>
       </c>
-      <c r="D8" s="4">
-[...9 lines deleted...]
-      <c r="C9" s="15" t="s">
+      <c r="D10" s="34">
+        <v>55600244.130000003</v>
+      </c>
+      <c r="E10" s="35">
+        <v>2179330.52</v>
+      </c>
+    </row>
+    <row r="11" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A11" s="30"/>
+      <c r="B11" s="30"/>
+      <c r="C11" s="33" t="s">
         <v>40</v>
       </c>
-      <c r="D9" s="4">
+      <c r="D11" s="34">
         <v>34304.92</v>
       </c>
-      <c r="E9" s="3">
+      <c r="E11" s="35">
         <v>34304.92</v>
       </c>
     </row>
-    <row r="10" spans="1:5" outlineLevel="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="B10" s="19" t="s">
+    <row r="12" spans="1:5" outlineLevel="1" x14ac:dyDescent="0.2">
+      <c r="A12" s="33"/>
+      <c r="B12" s="30" t="s">
         <v>53</v>
       </c>
-      <c r="C10" s="19"/>
-[...10 lines deleted...]
-      <c r="C11" s="15" t="s">
+      <c r="C12" s="30"/>
+      <c r="D12" s="31">
+        <v>42944181.630000003</v>
+      </c>
+      <c r="E12" s="32">
+        <v>26708818.850000001</v>
+      </c>
+    </row>
+    <row r="13" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A13" s="30"/>
+      <c r="B13" s="30"/>
+      <c r="C13" s="33" t="s">
         <v>46</v>
       </c>
-      <c r="D11" s="4">
-[...9 lines deleted...]
-      <c r="C12" s="15" t="s">
+      <c r="D13" s="34">
+        <v>689113.22</v>
+      </c>
+      <c r="E13" s="35">
+        <v>338843.17</v>
+      </c>
+    </row>
+    <row r="14" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A14" s="30"/>
+      <c r="B14" s="30"/>
+      <c r="C14" s="33" t="s">
         <v>55</v>
       </c>
-      <c r="D12" s="4">
-[...9 lines deleted...]
-      <c r="C13" s="15" t="s">
+      <c r="D14" s="34">
+        <v>90125.2</v>
+      </c>
+      <c r="E14" s="35">
+        <v>78125.2</v>
+      </c>
+    </row>
+    <row r="15" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A15" s="30"/>
+      <c r="B15" s="30"/>
+      <c r="C15" s="33" t="s">
         <v>56</v>
       </c>
-      <c r="D13" s="4">
+      <c r="D15" s="34">
         <v>67800</v>
       </c>
-      <c r="E13" s="3">
+      <c r="E15" s="35">
         <v>67800</v>
       </c>
     </row>
-    <row r="14" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
-[...2 lines deleted...]
-      <c r="C14" s="15" t="s">
+    <row r="16" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A16" s="30"/>
+      <c r="B16" s="30"/>
+      <c r="C16" s="33" t="s">
         <v>54</v>
       </c>
-      <c r="D14" s="4">
+      <c r="D16" s="34">
         <v>33150</v>
       </c>
-      <c r="E14" s="3">
+      <c r="E16" s="35">
         <v>33150</v>
       </c>
     </row>
-    <row r="15" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
-[...2 lines deleted...]
-      <c r="C15" s="15" t="s">
+    <row r="17" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A17" s="30"/>
+      <c r="B17" s="30"/>
+      <c r="C17" s="33" t="s">
         <v>45</v>
       </c>
-      <c r="D15" s="4">
+      <c r="D17" s="34">
         <v>24037415.640000001</v>
       </c>
-      <c r="E15" s="3">
-[...6 lines deleted...]
-      <c r="C16" s="15" t="s">
+      <c r="E17" s="35">
+        <v>14528610.470000001</v>
+      </c>
+    </row>
+    <row r="18" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A18" s="30"/>
+      <c r="B18" s="30"/>
+      <c r="C18" s="33" t="s">
         <v>47</v>
       </c>
-      <c r="D16" s="4">
-[...9 lines deleted...]
-      <c r="C17" s="15" t="s">
+      <c r="D18" s="34">
+        <v>2174641.38</v>
+      </c>
+      <c r="E18" s="35">
+        <v>906517.08</v>
+      </c>
+    </row>
+    <row r="19" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A19" s="30"/>
+      <c r="B19" s="30"/>
+      <c r="C19" s="33" t="s">
         <v>43</v>
       </c>
-      <c r="D17" s="4">
-[...9 lines deleted...]
-      <c r="C18" s="15" t="s">
+      <c r="D19" s="34">
+        <v>15562381.130000001</v>
+      </c>
+      <c r="E19" s="35">
+        <v>10497741.300000001</v>
+      </c>
+    </row>
+    <row r="20" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A20" s="30"/>
+      <c r="B20" s="30"/>
+      <c r="C20" s="33" t="s">
         <v>58</v>
       </c>
-      <c r="D18" s="4">
-[...9 lines deleted...]
-      <c r="C19" s="15" t="s">
+      <c r="D20" s="34">
+        <v>851.37</v>
+      </c>
+      <c r="E20" s="35">
+        <v>751.37</v>
+      </c>
+    </row>
+    <row r="21" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A21" s="30"/>
+      <c r="B21" s="30"/>
+      <c r="C21" s="33" t="s">
         <v>40</v>
       </c>
-      <c r="D19" s="4">
+      <c r="D21" s="34">
         <v>67567.33</v>
       </c>
-      <c r="E19" s="3">
+      <c r="E21" s="35">
         <v>60609.27</v>
       </c>
     </row>
-    <row r="20" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
-[...2 lines deleted...]
-      <c r="C20" s="15" t="s">
+    <row r="22" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A22" s="30"/>
+      <c r="B22" s="30"/>
+      <c r="C22" s="33" t="s">
         <v>49</v>
       </c>
-      <c r="D20" s="4">
+      <c r="D22" s="34">
         <v>29396.79</v>
       </c>
-      <c r="E20" s="3"/>
-[...4 lines deleted...]
-      <c r="C21" s="15" t="s">
+      <c r="E22" s="35">
+        <v>25100.91</v>
+      </c>
+    </row>
+    <row r="23" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A23" s="30"/>
+      <c r="B23" s="30"/>
+      <c r="C23" s="33" t="s">
         <v>43</v>
       </c>
-      <c r="D21" s="4">
+      <c r="D23" s="34">
         <v>12250</v>
       </c>
-      <c r="E21" s="3">
+      <c r="E23" s="35">
         <v>12250</v>
       </c>
     </row>
-    <row r="22" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
-[...2 lines deleted...]
-      <c r="C22" s="15" t="s">
+    <row r="24" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A24" s="30"/>
+      <c r="B24" s="30"/>
+      <c r="C24" s="33" t="s">
         <v>41</v>
       </c>
-      <c r="D22" s="4">
-[...8 lines deleted...]
-      <c r="B23" s="19" t="s">
+      <c r="D24" s="34">
+        <v>179489.57</v>
+      </c>
+      <c r="E24" s="35">
+        <v>159320.07999999999</v>
+      </c>
+    </row>
+    <row r="25" spans="1:5" outlineLevel="1" x14ac:dyDescent="0.2">
+      <c r="A25" s="33"/>
+      <c r="B25" s="30" t="s">
         <v>52</v>
       </c>
-      <c r="C23" s="19"/>
-[...10 lines deleted...]
-      <c r="C24" s="15" t="s">
+      <c r="C25" s="30"/>
+      <c r="D25" s="31">
+        <v>231056505.03999999</v>
+      </c>
+      <c r="E25" s="32">
+        <v>174875693.94</v>
+      </c>
+    </row>
+    <row r="26" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A26" s="30"/>
+      <c r="B26" s="30"/>
+      <c r="C26" s="33" t="s">
         <v>46</v>
       </c>
-      <c r="D24" s="4">
-[...9 lines deleted...]
-      <c r="C25" s="15" t="s">
+      <c r="D26" s="34">
+        <v>644124.76</v>
+      </c>
+      <c r="E26" s="35">
+        <v>627393.81999999995</v>
+      </c>
+    </row>
+    <row r="27" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A27" s="30"/>
+      <c r="B27" s="30"/>
+      <c r="C27" s="33" t="s">
         <v>55</v>
       </c>
-      <c r="D25" s="4">
+      <c r="D27" s="34">
         <v>0</v>
       </c>
-      <c r="E25" s="3"/>
-[...4 lines deleted...]
-      <c r="C26" s="15" t="s">
+      <c r="E27" s="35"/>
+    </row>
+    <row r="28" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A28" s="30"/>
+      <c r="B28" s="30"/>
+      <c r="C28" s="33" t="s">
         <v>54</v>
       </c>
-      <c r="D26" s="4">
-[...9 lines deleted...]
-      <c r="C27" s="15" t="s">
+      <c r="D28" s="34">
+        <v>117385366.79000001</v>
+      </c>
+      <c r="E28" s="35">
+        <v>81572906.269999996</v>
+      </c>
+    </row>
+    <row r="29" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A29" s="30"/>
+      <c r="B29" s="30"/>
+      <c r="C29" s="33" t="s">
         <v>75</v>
       </c>
-      <c r="D27" s="4">
+      <c r="D29" s="34">
         <v>1408086.67</v>
       </c>
-      <c r="E27" s="3"/>
-[...4 lines deleted...]
-      <c r="C28" s="15" t="s">
+      <c r="E29" s="35">
+        <v>994150</v>
+      </c>
+    </row>
+    <row r="30" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A30" s="30"/>
+      <c r="B30" s="30"/>
+      <c r="C30" s="33" t="s">
         <v>47</v>
       </c>
-      <c r="D28" s="4">
-[...9 lines deleted...]
-      <c r="C29" s="15" t="s">
+      <c r="D30" s="34">
+        <v>103405367.22</v>
+      </c>
+      <c r="E30" s="35">
+        <v>84786594.780000001</v>
+      </c>
+    </row>
+    <row r="31" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A31" s="30"/>
+      <c r="B31" s="30"/>
+      <c r="C31" s="33" t="s">
         <v>43</v>
       </c>
-      <c r="D29" s="4">
-[...9 lines deleted...]
-      <c r="C30" s="15" t="s">
+      <c r="D31" s="34">
+        <v>7376343.9000000004</v>
+      </c>
+      <c r="E31" s="35">
+        <v>6232385.7400000002</v>
+      </c>
+    </row>
+    <row r="32" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A32" s="30"/>
+      <c r="B32" s="30"/>
+      <c r="C32" s="33" t="s">
         <v>58</v>
       </c>
-      <c r="D30" s="4">
-[...9 lines deleted...]
-      <c r="C31" s="15" t="s">
+      <c r="D32" s="34">
+        <v>398124.37</v>
+      </c>
+      <c r="E32" s="35">
+        <v>351233.27</v>
+      </c>
+    </row>
+    <row r="33" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A33" s="30"/>
+      <c r="B33" s="30"/>
+      <c r="C33" s="33" t="s">
         <v>40</v>
       </c>
-      <c r="D31" s="4">
+      <c r="D33" s="34">
         <v>15825.11</v>
       </c>
-      <c r="E31" s="3">
+      <c r="E33" s="35">
         <v>15825.11</v>
       </c>
     </row>
-    <row r="32" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
-[...2 lines deleted...]
-      <c r="C32" s="15" t="s">
+    <row r="34" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A34" s="30"/>
+      <c r="B34" s="30"/>
+      <c r="C34" s="33" t="s">
         <v>74</v>
       </c>
-      <c r="D32" s="4">
-[...9 lines deleted...]
-      <c r="C33" s="15" t="s">
+      <c r="D34" s="34">
+        <v>65122.62</v>
+      </c>
+      <c r="E34" s="35">
+        <v>57774.95</v>
+      </c>
+    </row>
+    <row r="35" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A35" s="30"/>
+      <c r="B35" s="30"/>
+      <c r="C35" s="33" t="s">
         <v>43</v>
       </c>
-      <c r="D33" s="4">
-[...2 lines deleted...]
-      <c r="E33" s="3">
+      <c r="D35" s="34">
+        <v>168713.60000000001</v>
+      </c>
+      <c r="E35" s="35">
         <v>48000</v>
       </c>
     </row>
-    <row r="34" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
-[...2 lines deleted...]
-      <c r="C34" s="15" t="s">
+    <row r="36" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A36" s="30"/>
+      <c r="B36" s="30"/>
+      <c r="C36" s="33" t="s">
         <v>41</v>
       </c>
-      <c r="D34" s="4">
+      <c r="D36" s="34">
         <v>189430</v>
       </c>
-      <c r="E34" s="3">
+      <c r="E36" s="35">
         <v>189430</v>
       </c>
     </row>
-    <row r="35" spans="1:5" outlineLevel="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="B35" s="19" t="s">
+    <row r="37" spans="1:5" outlineLevel="1" x14ac:dyDescent="0.2">
+      <c r="A37" s="33"/>
+      <c r="B37" s="30" t="s">
         <v>51</v>
       </c>
-      <c r="C35" s="19"/>
-[...10 lines deleted...]
-      <c r="C36" s="15" t="s">
+      <c r="C37" s="30"/>
+      <c r="D37" s="31">
+        <v>6629748114.0900002</v>
+      </c>
+      <c r="E37" s="32">
+        <v>6420061847.1199999</v>
+      </c>
+    </row>
+    <row r="38" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A38" s="30"/>
+      <c r="B38" s="30"/>
+      <c r="C38" s="33" t="s">
         <v>73</v>
       </c>
-      <c r="D36" s="4">
-[...9 lines deleted...]
-      <c r="C37" s="15" t="s">
+      <c r="D38" s="34">
+        <v>1791573285.6400001</v>
+      </c>
+      <c r="E38" s="35">
+        <v>1791573285.6400001</v>
+      </c>
+    </row>
+    <row r="39" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A39" s="30"/>
+      <c r="B39" s="30"/>
+      <c r="C39" s="33" t="s">
         <v>72</v>
       </c>
-      <c r="D37" s="4">
-[...9 lines deleted...]
-      <c r="C38" s="15" t="s">
+      <c r="D39" s="34">
+        <v>471933514.35000002</v>
+      </c>
+      <c r="E39" s="35">
+        <v>471933514.35000002</v>
+      </c>
+    </row>
+    <row r="40" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A40" s="30"/>
+      <c r="B40" s="30"/>
+      <c r="C40" s="33" t="s">
         <v>71</v>
       </c>
-      <c r="D38" s="4">
-[...9 lines deleted...]
-      <c r="C39" s="15" t="s">
+      <c r="D40" s="34">
+        <v>42657256.100000001</v>
+      </c>
+      <c r="E40" s="35">
+        <v>42657256.100000001</v>
+      </c>
+    </row>
+    <row r="41" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A41" s="30"/>
+      <c r="B41" s="30"/>
+      <c r="C41" s="33" t="s">
         <v>70</v>
       </c>
-      <c r="D39" s="4">
-[...9 lines deleted...]
-      <c r="C40" s="15" t="s">
+      <c r="D41" s="34">
+        <v>2859163107.1900001</v>
+      </c>
+      <c r="E41" s="35">
+        <v>2714782985.0300002</v>
+      </c>
+    </row>
+    <row r="42" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A42" s="30"/>
+      <c r="B42" s="30"/>
+      <c r="C42" s="33" t="s">
         <v>69</v>
       </c>
-      <c r="D40" s="4">
-[...9 lines deleted...]
-      <c r="C41" s="15" t="s">
+      <c r="D42" s="34">
+        <v>93151816.719999999</v>
+      </c>
+      <c r="E42" s="35">
+        <v>93151816.719999999</v>
+      </c>
+    </row>
+    <row r="43" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A43" s="30"/>
+      <c r="B43" s="30"/>
+      <c r="C43" s="33" t="s">
         <v>40</v>
       </c>
-      <c r="D41" s="4">
-[...9 lines deleted...]
-      <c r="C42" s="15" t="s">
+      <c r="D43" s="34">
+        <v>13169161.109999999</v>
+      </c>
+      <c r="E43" s="35">
+        <v>13169161.109999999</v>
+      </c>
+    </row>
+    <row r="44" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A44" s="30"/>
+      <c r="B44" s="30"/>
+      <c r="C44" s="33" t="s">
         <v>68</v>
       </c>
-      <c r="D42" s="4">
-[...9 lines deleted...]
-      <c r="C43" s="15" t="s">
+      <c r="D44" s="34">
+        <v>33591952.399999999</v>
+      </c>
+      <c r="E44" s="35">
+        <v>33591952.399999999</v>
+      </c>
+    </row>
+    <row r="45" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A45" s="30"/>
+      <c r="B45" s="30"/>
+      <c r="C45" s="33" t="s">
         <v>67</v>
       </c>
-      <c r="D43" s="4">
-[...9 lines deleted...]
-      <c r="C44" s="15" t="s">
+      <c r="D45" s="34">
+        <v>4594352.07</v>
+      </c>
+      <c r="E45" s="35">
+        <v>4594352.07</v>
+      </c>
+    </row>
+    <row r="46" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A46" s="30"/>
+      <c r="B46" s="30"/>
+      <c r="C46" s="33" t="s">
         <v>66</v>
       </c>
-      <c r="D44" s="4">
-[...9 lines deleted...]
-      <c r="C45" s="15" t="s">
+      <c r="D46" s="34">
+        <v>504032332.06999999</v>
+      </c>
+      <c r="E46" s="35">
+        <v>479032332.06999999</v>
+      </c>
+    </row>
+    <row r="47" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A47" s="30"/>
+      <c r="B47" s="30"/>
+      <c r="C47" s="33" t="s">
         <v>40</v>
       </c>
-      <c r="D45" s="4">
-[...9 lines deleted...]
-      <c r="C46" s="15" t="s">
+      <c r="D47" s="34">
+        <v>915683.1</v>
+      </c>
+      <c r="E47" s="35">
+        <v>915683.1</v>
+      </c>
+    </row>
+    <row r="48" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A48" s="30"/>
+      <c r="B48" s="30"/>
+      <c r="C48" s="33" t="s">
         <v>65</v>
       </c>
-      <c r="D46" s="4">
+      <c r="D48" s="34">
         <v>20000</v>
       </c>
-      <c r="E46" s="3">
+      <c r="E48" s="35">
         <v>20000</v>
       </c>
     </row>
-    <row r="47" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
-[...2 lines deleted...]
-      <c r="C47" s="15" t="s">
+    <row r="49" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A49" s="30"/>
+      <c r="B49" s="30"/>
+      <c r="C49" s="33" t="s">
         <v>65</v>
       </c>
-      <c r="D47" s="4">
+      <c r="D49" s="34">
         <v>1428653.08</v>
       </c>
-      <c r="E47" s="3">
+      <c r="E49" s="35">
         <v>1428653.08</v>
       </c>
     </row>
-    <row r="48" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
-[...2 lines deleted...]
-      <c r="C48" s="15" t="s">
+    <row r="50" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A50" s="30"/>
+      <c r="B50" s="30"/>
+      <c r="C50" s="33" t="s">
         <v>64</v>
       </c>
-      <c r="D48" s="4">
-[...9 lines deleted...]
-      <c r="C49" s="15" t="s">
+      <c r="D50" s="34">
+        <v>40075556.640000001</v>
+      </c>
+      <c r="E50" s="35">
+        <v>40075556.640000001</v>
+      </c>
+    </row>
+    <row r="51" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A51" s="30"/>
+      <c r="B51" s="30"/>
+      <c r="C51" s="33" t="s">
         <v>63</v>
       </c>
-      <c r="D49" s="4">
-[...9 lines deleted...]
-      <c r="C50" s="15" t="s">
+      <c r="D51" s="34">
+        <v>9236130.2699999996</v>
+      </c>
+      <c r="E51" s="35">
+        <v>9186872.0999999996</v>
+      </c>
+    </row>
+    <row r="52" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A52" s="30"/>
+      <c r="B52" s="30"/>
+      <c r="C52" s="33" t="s">
         <v>54</v>
       </c>
-      <c r="D50" s="4">
-[...9 lines deleted...]
-      <c r="C51" s="15" t="s">
+      <c r="D52" s="34">
+        <v>1820042.72</v>
+      </c>
+      <c r="E52" s="35">
+        <v>809287.96</v>
+      </c>
+    </row>
+    <row r="53" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A53" s="30"/>
+      <c r="B53" s="30"/>
+      <c r="C53" s="33" t="s">
         <v>50</v>
       </c>
-      <c r="D51" s="4">
-[...9 lines deleted...]
-      <c r="C52" s="15" t="s">
+      <c r="D53" s="34">
+        <v>4642809.32</v>
+      </c>
+      <c r="E53" s="35">
+        <v>3675909.32</v>
+      </c>
+    </row>
+    <row r="54" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A54" s="30"/>
+      <c r="B54" s="30"/>
+      <c r="C54" s="33" t="s">
         <v>47</v>
       </c>
-      <c r="D52" s="4">
-[...9 lines deleted...]
-      <c r="C53" s="15" t="s">
+      <c r="D54" s="34">
+        <v>192000214.41</v>
+      </c>
+      <c r="E54" s="35">
+        <v>188440960.83000001</v>
+      </c>
+    </row>
+    <row r="55" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A55" s="30"/>
+      <c r="B55" s="30"/>
+      <c r="C55" s="33" t="s">
         <v>62</v>
       </c>
-      <c r="D53" s="4">
-[...9 lines deleted...]
-      <c r="C54" s="15" t="s">
+      <c r="D55" s="34">
+        <v>281488515.44999999</v>
+      </c>
+      <c r="E55" s="35">
+        <v>281488515.44999999</v>
+      </c>
+    </row>
+    <row r="56" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A56" s="30"/>
+      <c r="B56" s="30"/>
+      <c r="C56" s="33" t="s">
         <v>58</v>
       </c>
-      <c r="D54" s="4">
-[...9 lines deleted...]
-      <c r="C55" s="15" t="s">
+      <c r="D56" s="34">
+        <v>204420.01</v>
+      </c>
+      <c r="E56" s="35">
+        <v>204420.01</v>
+      </c>
+    </row>
+    <row r="57" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A57" s="30"/>
+      <c r="B57" s="30"/>
+      <c r="C57" s="33" t="s">
         <v>61</v>
       </c>
-      <c r="D55" s="4">
-[...9 lines deleted...]
-      <c r="C56" s="15" t="s">
+      <c r="D57" s="34">
+        <v>1542671.65</v>
+      </c>
+      <c r="E57" s="35">
+        <v>1350545.65</v>
+      </c>
+    </row>
+    <row r="58" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A58" s="30"/>
+      <c r="B58" s="30"/>
+      <c r="C58" s="33" t="s">
         <v>60</v>
       </c>
-      <c r="D56" s="4">
-[...9 lines deleted...]
-      <c r="C57" s="15" t="s">
+      <c r="D58" s="34">
+        <v>72864</v>
+      </c>
+      <c r="E58" s="35">
+        <v>72864</v>
+      </c>
+    </row>
+    <row r="59" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A59" s="30"/>
+      <c r="B59" s="30"/>
+      <c r="C59" s="33" t="s">
         <v>40</v>
       </c>
-      <c r="D57" s="4">
-[...9 lines deleted...]
-      <c r="C58" s="15" t="s">
+      <c r="D59" s="34">
+        <v>17594115.859999999</v>
+      </c>
+      <c r="E59" s="35">
+        <v>17449256.039999999</v>
+      </c>
+    </row>
+    <row r="60" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A60" s="30"/>
+      <c r="B60" s="30"/>
+      <c r="C60" s="33" t="s">
         <v>49</v>
       </c>
-      <c r="D58" s="4">
-[...9 lines deleted...]
-      <c r="C59" s="15" t="s">
+      <c r="D60" s="34">
+        <v>264402447.69</v>
+      </c>
+      <c r="E60" s="35">
+        <v>230027855.21000001</v>
+      </c>
+    </row>
+    <row r="61" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A61" s="30"/>
+      <c r="B61" s="30"/>
+      <c r="C61" s="33" t="s">
         <v>59</v>
       </c>
-      <c r="D59" s="4">
-[...9 lines deleted...]
-      <c r="C60" s="15" t="s">
+      <c r="D61" s="34">
+        <v>437051.58</v>
+      </c>
+      <c r="E61" s="35">
+        <v>428651.58</v>
+      </c>
+    </row>
+    <row r="62" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A62" s="30"/>
+      <c r="B62" s="30"/>
+      <c r="C62" s="33" t="s">
         <v>58</v>
       </c>
-      <c r="D60" s="4">
+      <c r="D62" s="34">
         <v>160.66</v>
       </c>
-      <c r="E60" s="3">
+      <c r="E62" s="35">
         <v>160.66</v>
       </c>
     </row>
-    <row r="61" spans="1:5" outlineLevel="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="B61" s="19" t="s">
+    <row r="63" spans="1:5" outlineLevel="1" x14ac:dyDescent="0.2">
+      <c r="A63" s="33"/>
+      <c r="B63" s="30" t="s">
         <v>57</v>
       </c>
-      <c r="C61" s="19"/>
-[...10 lines deleted...]
-      <c r="C62" s="15" t="s">
+      <c r="C63" s="30"/>
+      <c r="D63" s="31">
+        <v>3275313.01</v>
+      </c>
+      <c r="E63" s="32">
+        <v>3275313.01</v>
+      </c>
+    </row>
+    <row r="64" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A64" s="30"/>
+      <c r="B64" s="30"/>
+      <c r="C64" s="33" t="s">
         <v>46</v>
       </c>
-      <c r="D62" s="4">
-[...9 lines deleted...]
-      <c r="C63" s="15" t="s">
+      <c r="D64" s="34">
+        <v>1304466.72</v>
+      </c>
+      <c r="E64" s="35">
+        <v>1304466.72</v>
+      </c>
+    </row>
+    <row r="65" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A65" s="30"/>
+      <c r="B65" s="30"/>
+      <c r="C65" s="33" t="s">
         <v>56</v>
       </c>
-      <c r="D63" s="4">
-[...9 lines deleted...]
-      <c r="C64" s="15" t="s">
+      <c r="D65" s="34">
+        <v>82033.429999999993</v>
+      </c>
+      <c r="E65" s="35">
+        <v>82033.429999999993</v>
+      </c>
+    </row>
+    <row r="66" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A66" s="30"/>
+      <c r="B66" s="30"/>
+      <c r="C66" s="33" t="s">
         <v>54</v>
       </c>
-      <c r="D64" s="4">
-[...9 lines deleted...]
-      <c r="C65" s="15" t="s">
+      <c r="D66" s="34">
+        <v>1450299.94</v>
+      </c>
+      <c r="E66" s="35">
+        <v>1450299.94</v>
+      </c>
+    </row>
+    <row r="67" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A67" s="30"/>
+      <c r="B67" s="30"/>
+      <c r="C67" s="33" t="s">
         <v>47</v>
       </c>
-      <c r="D65" s="4">
-[...9 lines deleted...]
-      <c r="C66" s="15" t="s">
+      <c r="D67" s="34">
+        <v>427241</v>
+      </c>
+      <c r="E67" s="35">
+        <v>427241</v>
+      </c>
+    </row>
+    <row r="68" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A68" s="30"/>
+      <c r="B68" s="30"/>
+      <c r="C68" s="33" t="s">
         <v>43</v>
       </c>
-      <c r="D66" s="4">
-[...9 lines deleted...]
-      <c r="C67" s="15" t="s">
+      <c r="D68" s="34">
+        <v>11271.92</v>
+      </c>
+      <c r="E68" s="35">
+        <v>11271.92</v>
+      </c>
+    </row>
+    <row r="69" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A69" s="30"/>
+      <c r="B69" s="30"/>
+      <c r="C69" s="33" t="s">
         <v>49</v>
       </c>
-      <c r="D67" s="4">
+      <c r="D69" s="34">
         <v>0</v>
       </c>
-      <c r="E67" s="3"/>
-[...3 lines deleted...]
-      <c r="B68" s="19" t="s">
+      <c r="E69" s="35"/>
+    </row>
+    <row r="70" spans="1:5" outlineLevel="1" x14ac:dyDescent="0.2">
+      <c r="A70" s="33"/>
+      <c r="B70" s="30" t="s">
         <v>48</v>
       </c>
-      <c r="C68" s="19"/>
-[...10 lines deleted...]
-      <c r="C69" s="15" t="s">
+      <c r="C70" s="30"/>
+      <c r="D70" s="31">
+        <v>515011777.87</v>
+      </c>
+      <c r="E70" s="32">
+        <v>386980048.04000002</v>
+      </c>
+    </row>
+    <row r="71" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A71" s="30"/>
+      <c r="B71" s="30"/>
+      <c r="C71" s="33" t="s">
         <v>46</v>
       </c>
-      <c r="D69" s="4">
-[...9 lines deleted...]
-      <c r="C70" s="15" t="s">
+      <c r="D71" s="34">
+        <v>22378215.879999999</v>
+      </c>
+      <c r="E71" s="35">
+        <v>15049780.460000001</v>
+      </c>
+    </row>
+    <row r="72" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A72" s="30"/>
+      <c r="B72" s="30"/>
+      <c r="C72" s="33" t="s">
         <v>55</v>
       </c>
-      <c r="D70" s="4">
+      <c r="D72" s="34">
         <v>14133</v>
       </c>
-      <c r="E70" s="3"/>
-[...4 lines deleted...]
-      <c r="C71" s="15" t="s">
+      <c r="E72" s="35">
+        <v>14133</v>
+      </c>
+    </row>
+    <row r="73" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A73" s="30"/>
+      <c r="B73" s="30"/>
+      <c r="C73" s="33" t="s">
         <v>56</v>
       </c>
-      <c r="D71" s="4">
+      <c r="D73" s="34">
         <v>19552.5</v>
       </c>
-      <c r="E71" s="3"/>
-[...4 lines deleted...]
-      <c r="C72" s="15" t="s">
+      <c r="E73" s="35"/>
+    </row>
+    <row r="74" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A74" s="30"/>
+      <c r="B74" s="30"/>
+      <c r="C74" s="33" t="s">
         <v>54</v>
       </c>
-      <c r="D72" s="4">
-[...9 lines deleted...]
-      <c r="C73" s="15" t="s">
+      <c r="D74" s="34">
+        <v>15596978.49</v>
+      </c>
+      <c r="E74" s="35">
+        <v>13226811.26</v>
+      </c>
+    </row>
+    <row r="75" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A75" s="30"/>
+      <c r="B75" s="30"/>
+      <c r="C75" s="33" t="s">
         <v>45</v>
       </c>
-      <c r="D73" s="4">
-[...9 lines deleted...]
-      <c r="C74" s="15" t="s">
+      <c r="D75" s="34">
+        <v>322121936.63999999</v>
+      </c>
+      <c r="E75" s="35">
+        <v>275961775.77999997</v>
+      </c>
+    </row>
+    <row r="76" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A76" s="30"/>
+      <c r="B76" s="30"/>
+      <c r="C76" s="33" t="s">
         <v>47</v>
       </c>
-      <c r="D74" s="4">
-[...9 lines deleted...]
-      <c r="C75" s="15" t="s">
+      <c r="D76" s="34">
+        <v>13735868.99</v>
+      </c>
+      <c r="E76" s="35">
+        <v>10027635.17</v>
+      </c>
+    </row>
+    <row r="77" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A77" s="30"/>
+      <c r="B77" s="30"/>
+      <c r="C77" s="33" t="s">
         <v>43</v>
       </c>
-      <c r="D75" s="4">
-[...9 lines deleted...]
-      <c r="C76" s="15" t="s">
+      <c r="D77" s="34">
+        <v>83911676.939999998</v>
+      </c>
+      <c r="E77" s="35">
+        <v>59686314.729999997</v>
+      </c>
+    </row>
+    <row r="78" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A78" s="30"/>
+      <c r="B78" s="30"/>
+      <c r="C78" s="33" t="s">
         <v>40</v>
       </c>
-      <c r="D76" s="4">
-[...9 lines deleted...]
-      <c r="C77" s="15" t="s">
+      <c r="D78" s="34">
+        <v>4279127.0999999996</v>
+      </c>
+      <c r="E78" s="35">
+        <v>3447242.64</v>
+      </c>
+    </row>
+    <row r="79" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A79" s="30"/>
+      <c r="B79" s="30"/>
+      <c r="C79" s="33" t="s">
         <v>46</v>
       </c>
-      <c r="D77" s="4">
-[...9 lines deleted...]
-      <c r="C78" s="15" t="s">
+      <c r="D79" s="34">
+        <v>1309679.33</v>
+      </c>
+      <c r="E79" s="35">
+        <v>1200128.33</v>
+      </c>
+    </row>
+    <row r="80" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A80" s="30"/>
+      <c r="B80" s="30"/>
+      <c r="C80" s="33" t="s">
         <v>45</v>
       </c>
-      <c r="D78" s="4">
-[...9 lines deleted...]
-      <c r="C79" s="15" t="s">
+      <c r="D80" s="34">
+        <v>4103990.6</v>
+      </c>
+      <c r="E80" s="35">
+        <v>2992413.94</v>
+      </c>
+    </row>
+    <row r="81" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A81" s="30"/>
+      <c r="B81" s="30"/>
+      <c r="C81" s="33" t="s">
         <v>44</v>
       </c>
-      <c r="D79" s="4">
-[...9 lines deleted...]
-      <c r="C80" s="15" t="s">
+      <c r="D81" s="34">
+        <v>237365.66</v>
+      </c>
+      <c r="E81" s="35">
+        <v>69280.92</v>
+      </c>
+    </row>
+    <row r="82" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A82" s="30"/>
+      <c r="B82" s="30"/>
+      <c r="C82" s="33" t="s">
         <v>43</v>
       </c>
-      <c r="D80" s="4">
-[...9 lines deleted...]
-      <c r="C81" s="15" t="s">
+      <c r="D82" s="34">
+        <v>2300824.94</v>
+      </c>
+      <c r="E82" s="35">
+        <v>683059.57</v>
+      </c>
+    </row>
+    <row r="83" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A83" s="30"/>
+      <c r="B83" s="30"/>
+      <c r="C83" s="33" t="s">
         <v>42</v>
       </c>
-      <c r="D81" s="4">
-[...9 lines deleted...]
-      <c r="C82" s="15" t="s">
+      <c r="D83" s="34">
+        <v>4050981.86</v>
+      </c>
+      <c r="E83" s="35">
+        <v>1840995.75</v>
+      </c>
+    </row>
+    <row r="84" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A84" s="30"/>
+      <c r="B84" s="30"/>
+      <c r="C84" s="33" t="s">
         <v>41</v>
       </c>
-      <c r="D82" s="4">
-[...9 lines deleted...]
-      <c r="C83" s="15" t="s">
+      <c r="D84" s="34">
+        <v>40850044.880000003</v>
+      </c>
+      <c r="E84" s="35">
+        <v>2702527.96</v>
+      </c>
+    </row>
+    <row r="85" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A85" s="30"/>
+      <c r="B85" s="30"/>
+      <c r="C85" s="33" t="s">
         <v>40</v>
       </c>
-      <c r="D83" s="4">
-[...2 lines deleted...]
-      <c r="E83" s="3">
+      <c r="D85" s="34">
+        <v>101401.06</v>
+      </c>
+      <c r="E85" s="35">
         <v>77948.53</v>
       </c>
     </row>
-    <row r="84" spans="1:5" x14ac:dyDescent="0.2">
-      <c r="A84" s="19" t="s">
+    <row r="86" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A86" s="30" t="s">
         <v>20</v>
       </c>
-      <c r="B84" s="19"/>
-[...10 lines deleted...]
-      <c r="B85" s="19" t="s">
+      <c r="B86" s="30"/>
+      <c r="C86" s="30"/>
+      <c r="D86" s="31">
+        <v>20479273.039999999</v>
+      </c>
+      <c r="E86" s="32">
+        <v>12440961.699999999</v>
+      </c>
+    </row>
+    <row r="87" spans="1:5" outlineLevel="1" x14ac:dyDescent="0.2">
+      <c r="A87" s="33"/>
+      <c r="B87" s="30" t="s">
         <v>53</v>
       </c>
-      <c r="C85" s="19"/>
-      <c r="D85" s="1">
+      <c r="C87" s="30"/>
+      <c r="D87" s="31">
         <v>139796.68</v>
       </c>
-      <c r="E85" s="2">
+      <c r="E87" s="32">
         <v>139796.68</v>
       </c>
     </row>
-    <row r="86" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
-[...2 lines deleted...]
-      <c r="C86" s="15" t="s">
+    <row r="88" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A88" s="30"/>
+      <c r="B88" s="30"/>
+      <c r="C88" s="33" t="s">
         <v>46</v>
       </c>
-      <c r="D86" s="4">
+      <c r="D88" s="34">
         <v>9588.8799999999992</v>
       </c>
-      <c r="E86" s="3">
+      <c r="E88" s="35">
         <v>9588.8799999999992</v>
       </c>
     </row>
-    <row r="87" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
-[...2 lines deleted...]
-      <c r="C87" s="15" t="s">
+    <row r="89" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A89" s="30"/>
+      <c r="B89" s="30"/>
+      <c r="C89" s="33" t="s">
         <v>41</v>
       </c>
-      <c r="D87" s="4">
+      <c r="D89" s="34">
         <v>130207.8</v>
       </c>
-      <c r="E87" s="3">
+      <c r="E89" s="35">
         <v>130207.8</v>
       </c>
     </row>
-    <row r="88" spans="1:5" outlineLevel="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="B88" s="19" t="s">
+    <row r="90" spans="1:5" outlineLevel="1" x14ac:dyDescent="0.2">
+      <c r="A90" s="33"/>
+      <c r="B90" s="30" t="s">
         <v>52</v>
       </c>
-      <c r="C88" s="19"/>
-[...10 lines deleted...]
-      <c r="C89" s="15" t="s">
+      <c r="C90" s="30"/>
+      <c r="D90" s="31">
+        <v>861652.7</v>
+      </c>
+      <c r="E90" s="32">
+        <v>735923.43</v>
+      </c>
+    </row>
+    <row r="91" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A91" s="30"/>
+      <c r="B91" s="30"/>
+      <c r="C91" s="33" t="s">
         <v>50</v>
       </c>
-      <c r="D89" s="4">
+      <c r="D91" s="34">
         <v>694.1</v>
       </c>
-      <c r="E89" s="3"/>
-[...4 lines deleted...]
-      <c r="C90" s="15" t="s">
+      <c r="E91" s="35">
+        <v>617.75</v>
+      </c>
+    </row>
+    <row r="92" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A92" s="30"/>
+      <c r="B92" s="30"/>
+      <c r="C92" s="33" t="s">
         <v>47</v>
       </c>
-      <c r="D90" s="4">
-[...9 lines deleted...]
-      <c r="C91" s="15" t="s">
+      <c r="D92" s="34">
+        <v>693452.6</v>
+      </c>
+      <c r="E92" s="35">
+        <v>598779.68000000005</v>
+      </c>
+    </row>
+    <row r="93" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A93" s="30"/>
+      <c r="B93" s="30"/>
+      <c r="C93" s="33" t="s">
         <v>43</v>
       </c>
-      <c r="D91" s="4">
+      <c r="D93" s="34">
         <v>167506</v>
       </c>
-      <c r="E91" s="3">
+      <c r="E93" s="35">
         <v>136526</v>
       </c>
     </row>
-    <row r="92" spans="1:5" outlineLevel="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="B92" s="19" t="s">
+    <row r="94" spans="1:5" outlineLevel="1" x14ac:dyDescent="0.2">
+      <c r="A94" s="33"/>
+      <c r="B94" s="30" t="s">
         <v>51</v>
       </c>
-      <c r="C92" s="19"/>
-[...10 lines deleted...]
-      <c r="C93" s="15" t="s">
+      <c r="C94" s="30"/>
+      <c r="D94" s="31">
+        <v>11319488.6</v>
+      </c>
+      <c r="E94" s="32">
+        <v>4549869.29</v>
+      </c>
+    </row>
+    <row r="95" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A95" s="30"/>
+      <c r="B95" s="30"/>
+      <c r="C95" s="33" t="s">
         <v>50</v>
       </c>
-      <c r="D93" s="4">
-[...9 lines deleted...]
-      <c r="C94" s="15" t="s">
+      <c r="D95" s="34">
+        <v>34705</v>
+      </c>
+      <c r="E95" s="35">
+        <v>34705</v>
+      </c>
+    </row>
+    <row r="96" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A96" s="30"/>
+      <c r="B96" s="30"/>
+      <c r="C96" s="33" t="s">
+        <v>47</v>
+      </c>
+      <c r="D96" s="34">
+        <v>6270381.0700000003</v>
+      </c>
+      <c r="E96" s="35"/>
+    </row>
+    <row r="97" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A97" s="30"/>
+      <c r="B97" s="30"/>
+      <c r="C97" s="33" t="s">
         <v>40</v>
       </c>
-      <c r="D94" s="4">
-[...9 lines deleted...]
-      <c r="C95" s="15" t="s">
+      <c r="D97" s="34">
+        <v>344218.35</v>
+      </c>
+      <c r="E97" s="35">
+        <v>344218.35</v>
+      </c>
+    </row>
+    <row r="98" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A98" s="30"/>
+      <c r="B98" s="30"/>
+      <c r="C98" s="33" t="s">
         <v>49</v>
       </c>
-      <c r="D95" s="4">
-[...9 lines deleted...]
-      <c r="C96" s="15" t="s">
+      <c r="D98" s="34">
+        <v>4670045.3600000003</v>
+      </c>
+      <c r="E98" s="35">
+        <v>4170945.94</v>
+      </c>
+    </row>
+    <row r="99" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A99" s="30"/>
+      <c r="B99" s="30"/>
+      <c r="C99" s="33" t="s">
         <v>59</v>
       </c>
-      <c r="D96" s="4">
+      <c r="D99" s="34">
         <v>138.82</v>
       </c>
-      <c r="E96" s="3"/>
-[...3 lines deleted...]
-      <c r="B97" s="19" t="s">
+      <c r="E99" s="35"/>
+    </row>
+    <row r="100" spans="1:5" outlineLevel="1" x14ac:dyDescent="0.2">
+      <c r="A100" s="33"/>
+      <c r="B100" s="30" t="s">
         <v>48</v>
       </c>
-      <c r="C97" s="19"/>
-[...3 lines deleted...]
-      <c r="E97" s="2">
+      <c r="C100" s="30"/>
+      <c r="D100" s="31">
+        <v>8158335.0599999996</v>
+      </c>
+      <c r="E100" s="32">
         <v>7015372.2999999998</v>
       </c>
     </row>
-    <row r="98" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
-[...2 lines deleted...]
-      <c r="C98" s="15" t="s">
+    <row r="101" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A101" s="30"/>
+      <c r="B101" s="30"/>
+      <c r="C101" s="33" t="s">
         <v>46</v>
       </c>
-      <c r="D98" s="4">
+      <c r="D101" s="34">
         <v>7450</v>
       </c>
-      <c r="E98" s="3">
+      <c r="E101" s="35">
         <v>7450</v>
       </c>
     </row>
-    <row r="99" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
-[...2 lines deleted...]
-      <c r="C99" s="15" t="s">
+    <row r="102" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A102" s="30"/>
+      <c r="B102" s="30"/>
+      <c r="C102" s="33" t="s">
         <v>47</v>
       </c>
-      <c r="D99" s="4">
+      <c r="D102" s="34">
         <v>0</v>
       </c>
-      <c r="E99" s="3"/>
-[...4 lines deleted...]
-      <c r="C100" s="15" t="s">
+      <c r="E102" s="35"/>
+    </row>
+    <row r="103" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A103" s="30"/>
+      <c r="B103" s="30"/>
+      <c r="C103" s="33" t="s">
         <v>43</v>
       </c>
-      <c r="D100" s="4">
+      <c r="D103" s="34">
         <v>4192569.6</v>
       </c>
-      <c r="E100" s="3">
+      <c r="E103" s="35">
         <v>4192569.6</v>
       </c>
     </row>
-    <row r="101" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
-[...2 lines deleted...]
-      <c r="C101" s="15" t="s">
+    <row r="104" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A104" s="30"/>
+      <c r="B104" s="30"/>
+      <c r="C104" s="33" t="s">
         <v>46</v>
       </c>
-      <c r="D101" s="4">
+      <c r="D104" s="34">
         <v>296</v>
       </c>
-      <c r="E101" s="3">
+      <c r="E104" s="35">
         <v>296</v>
       </c>
     </row>
-    <row r="102" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
-[...2 lines deleted...]
-      <c r="C102" s="15" t="s">
+    <row r="105" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A105" s="30"/>
+      <c r="B105" s="30"/>
+      <c r="C105" s="33" t="s">
         <v>45</v>
       </c>
-      <c r="D102" s="4">
+      <c r="D105" s="34">
         <v>363791.89</v>
       </c>
-      <c r="E102" s="3">
+      <c r="E105" s="35">
         <v>363791.89</v>
       </c>
     </row>
-    <row r="103" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
-[...2 lines deleted...]
-      <c r="C103" s="15" t="s">
+    <row r="106" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A106" s="30"/>
+      <c r="B106" s="30"/>
+      <c r="C106" s="33" t="s">
         <v>44</v>
       </c>
-      <c r="D103" s="4">
+      <c r="D106" s="34">
         <v>0</v>
       </c>
-      <c r="E103" s="3"/>
-[...4 lines deleted...]
-      <c r="C104" s="15" t="s">
+      <c r="E106" s="35"/>
+    </row>
+    <row r="107" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A107" s="30"/>
+      <c r="B107" s="30"/>
+      <c r="C107" s="33" t="s">
         <v>43</v>
       </c>
-      <c r="D104" s="4">
+      <c r="D107" s="34">
         <v>1112540.42</v>
       </c>
-      <c r="E104" s="3">
+      <c r="E107" s="35">
         <v>1112540.42</v>
       </c>
     </row>
-    <row r="105" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
-[...2 lines deleted...]
-      <c r="C105" s="15" t="s">
+    <row r="108" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A108" s="30"/>
+      <c r="B108" s="30"/>
+      <c r="C108" s="33" t="s">
         <v>42</v>
       </c>
-      <c r="D105" s="4">
+      <c r="D108" s="34">
         <v>0</v>
       </c>
-      <c r="E105" s="3"/>
-[...4 lines deleted...]
-      <c r="C106" s="15" t="s">
+      <c r="E108" s="35"/>
+    </row>
+    <row r="109" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A109" s="30"/>
+      <c r="B109" s="30"/>
+      <c r="C109" s="33" t="s">
         <v>41</v>
       </c>
-      <c r="D106" s="4">
-[...2 lines deleted...]
-      <c r="E106" s="3">
+      <c r="D109" s="34">
+        <v>2239400.4300000002</v>
+      </c>
+      <c r="E109" s="35">
         <v>1096437.67</v>
       </c>
     </row>
-    <row r="107" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
-[...2 lines deleted...]
-      <c r="C107" s="15" t="s">
+    <row r="110" spans="1:5" outlineLevel="2" x14ac:dyDescent="0.2">
+      <c r="A110" s="30"/>
+      <c r="B110" s="30"/>
+      <c r="C110" s="33" t="s">
         <v>40</v>
       </c>
-      <c r="D107" s="4">
+      <c r="D110" s="34">
         <v>242286.72</v>
       </c>
-      <c r="E107" s="3">
+      <c r="E110" s="35">
         <v>242286.72</v>
       </c>
     </row>
-    <row r="108" spans="1:5" x14ac:dyDescent="0.2">
-      <c r="A108" s="16" t="s">
+    <row r="111" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A111" s="36" t="s">
         <v>11</v>
       </c>
-      <c r="B108" s="16"/>
-[...9 lines deleted...]
-      <c r="A109" s="14" t="s">
+      <c r="B111" s="36"/>
+      <c r="C111" s="36"/>
+      <c r="D111" s="31">
+        <v>7498149713.7299995</v>
+      </c>
+      <c r="E111" s="32">
+        <v>7026556318.1000004</v>
+      </c>
+    </row>
+    <row r="112" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A112" s="13" t="s">
         <v>107</v>
       </c>
-      <c r="B109" s="13"/>
-[...2 lines deleted...]
-      <c r="E109" s="12" t="s">
+      <c r="B112" s="12"/>
+      <c r="C112" s="12"/>
+      <c r="D112" s="12"/>
+      <c r="E112" s="11" t="s">
         <v>119</v>
       </c>
     </row>
   </sheetData>
-  <mergeCells count="105">
+  <mergeCells count="108">
+    <mergeCell ref="A111:C111"/>
+    <mergeCell ref="A3:E3"/>
     <mergeCell ref="A105:B105"/>
     <mergeCell ref="A106:B106"/>
     <mergeCell ref="A107:B107"/>
-    <mergeCell ref="A108:C108"/>
-    <mergeCell ref="A3:E3"/>
+    <mergeCell ref="A108:B108"/>
+    <mergeCell ref="A109:B109"/>
+    <mergeCell ref="A110:B110"/>
     <mergeCell ref="A99:B99"/>
-    <mergeCell ref="A100:B100"/>
+    <mergeCell ref="B100:C100"/>
     <mergeCell ref="A101:B101"/>
     <mergeCell ref="A102:B102"/>
     <mergeCell ref="A103:B103"/>
     <mergeCell ref="A104:B104"/>
     <mergeCell ref="A93:B93"/>
-    <mergeCell ref="A94:B94"/>
+    <mergeCell ref="B94:C94"/>
     <mergeCell ref="A95:B95"/>
     <mergeCell ref="A96:B96"/>
-    <mergeCell ref="B97:C97"/>
+    <mergeCell ref="A97:B97"/>
     <mergeCell ref="A98:B98"/>
-    <mergeCell ref="A87:B87"/>
-    <mergeCell ref="B88:C88"/>
+    <mergeCell ref="B87:C87"/>
+    <mergeCell ref="A88:B88"/>
     <mergeCell ref="A89:B89"/>
-    <mergeCell ref="A90:B90"/>
+    <mergeCell ref="B90:C90"/>
     <mergeCell ref="A91:B91"/>
-    <mergeCell ref="B92:C92"/>
+    <mergeCell ref="A92:B92"/>
     <mergeCell ref="A81:B81"/>
     <mergeCell ref="A82:B82"/>
     <mergeCell ref="A83:B83"/>
-    <mergeCell ref="A84:C84"/>
-[...1 lines deleted...]
-    <mergeCell ref="A86:B86"/>
+    <mergeCell ref="A84:B84"/>
+    <mergeCell ref="A85:B85"/>
+    <mergeCell ref="A86:C86"/>
     <mergeCell ref="A75:B75"/>
     <mergeCell ref="A76:B76"/>
     <mergeCell ref="A77:B77"/>
     <mergeCell ref="A78:B78"/>
     <mergeCell ref="A79:B79"/>
     <mergeCell ref="A80:B80"/>
     <mergeCell ref="A69:B69"/>
-    <mergeCell ref="A70:B70"/>
+    <mergeCell ref="B70:C70"/>
     <mergeCell ref="A71:B71"/>
     <mergeCell ref="A72:B72"/>
     <mergeCell ref="A73:B73"/>
     <mergeCell ref="A74:B74"/>
-    <mergeCell ref="A63:B63"/>
+    <mergeCell ref="B63:C63"/>
     <mergeCell ref="A64:B64"/>
     <mergeCell ref="A65:B65"/>
     <mergeCell ref="A66:B66"/>
     <mergeCell ref="A67:B67"/>
-    <mergeCell ref="B68:C68"/>
+    <mergeCell ref="A68:B68"/>
     <mergeCell ref="A57:B57"/>
     <mergeCell ref="A58:B58"/>
     <mergeCell ref="A59:B59"/>
     <mergeCell ref="A60:B60"/>
-    <mergeCell ref="B61:C61"/>
+    <mergeCell ref="A61:B61"/>
     <mergeCell ref="A62:B62"/>
     <mergeCell ref="A51:B51"/>
     <mergeCell ref="A52:B52"/>
     <mergeCell ref="A53:B53"/>
     <mergeCell ref="A54:B54"/>
     <mergeCell ref="A55:B55"/>
     <mergeCell ref="A56:B56"/>
     <mergeCell ref="A45:B45"/>
     <mergeCell ref="A46:B46"/>
     <mergeCell ref="A47:B47"/>
     <mergeCell ref="A48:B48"/>
     <mergeCell ref="A49:B49"/>
     <mergeCell ref="A50:B50"/>
     <mergeCell ref="A39:B39"/>
     <mergeCell ref="A40:B40"/>
     <mergeCell ref="A41:B41"/>
     <mergeCell ref="A42:B42"/>
     <mergeCell ref="A43:B43"/>
     <mergeCell ref="A44:B44"/>
     <mergeCell ref="A33:B33"/>
     <mergeCell ref="A34:B34"/>
-    <mergeCell ref="B35:C35"/>
+    <mergeCell ref="A35:B35"/>
     <mergeCell ref="A36:B36"/>
-    <mergeCell ref="A37:B37"/>
+    <mergeCell ref="B37:C37"/>
     <mergeCell ref="A38:B38"/>
     <mergeCell ref="A27:B27"/>
     <mergeCell ref="A28:B28"/>
     <mergeCell ref="A29:B29"/>
     <mergeCell ref="A30:B30"/>
     <mergeCell ref="A31:B31"/>
     <mergeCell ref="A32:B32"/>
     <mergeCell ref="A21:B21"/>
     <mergeCell ref="A22:B22"/>
-    <mergeCell ref="B23:C23"/>
+    <mergeCell ref="A23:B23"/>
     <mergeCell ref="A24:B24"/>
-    <mergeCell ref="A25:B25"/>
+    <mergeCell ref="B25:C25"/>
     <mergeCell ref="A26:B26"/>
     <mergeCell ref="A15:B15"/>
     <mergeCell ref="A16:B16"/>
     <mergeCell ref="A17:B17"/>
     <mergeCell ref="A18:B18"/>
     <mergeCell ref="A19:B19"/>
     <mergeCell ref="A20:B20"/>
-    <mergeCell ref="A9:B9"/>
-    <mergeCell ref="B10:C10"/>
+    <mergeCell ref="B9:C9"/>
+    <mergeCell ref="A10:B10"/>
     <mergeCell ref="A11:B11"/>
-    <mergeCell ref="A12:B12"/>
+    <mergeCell ref="B12:C12"/>
     <mergeCell ref="A13:B13"/>
     <mergeCell ref="A14:B14"/>
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A6:C6"/>
     <mergeCell ref="B7:C7"/>
     <mergeCell ref="A8:B8"/>
   </mergeCells>
-  <printOptions horizontalCentered="1"/>
   <pageMargins left="0.51181102362204722" right="0.51181102362204722" top="0.78740157480314965" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.31496062992125984"/>
-  <pageSetup paperSize="9" scale="76" fitToHeight="0" orientation="portrait" r:id="rId1"/>
+  <pageSetup paperSize="9" scale="80" fitToHeight="0" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:H37"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
-      <selection activeCell="A10" sqref="A10:D10"/>
+      <selection activeCell="A34" sqref="A34:D34"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" outlineLevelRow="2" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="22.7109375" style="11" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="9" max="16384" width="9.140625" style="11"/>
+    <col min="1" max="1" width="22.7109375" style="10" customWidth="1"/>
+    <col min="2" max="2" width="5.7109375" style="10" customWidth="1"/>
+    <col min="3" max="3" width="41.85546875" style="10" customWidth="1"/>
+    <col min="4" max="4" width="5.7109375" style="10" customWidth="1"/>
+    <col min="5" max="5" width="112.42578125" style="10" customWidth="1"/>
+    <col min="6" max="8" width="19" style="10" bestFit="1" customWidth="1"/>
+    <col min="9" max="16384" width="9.140625" style="10"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="52.9" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A1" s="21" t="s">
+      <c r="A1" s="26" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="21"/>
-[...5 lines deleted...]
-      <c r="H1" s="21"/>
+      <c r="B1" s="26"/>
+      <c r="C1" s="26"/>
+      <c r="D1" s="26"/>
+      <c r="E1" s="26"/>
+      <c r="F1" s="26"/>
+      <c r="G1" s="26"/>
+      <c r="H1" s="26"/>
     </row>
     <row r="3" spans="1:8" ht="22.5" x14ac:dyDescent="0.2">
-      <c r="A3" s="18" t="s">
+      <c r="A3" s="22" t="s">
         <v>114</v>
       </c>
-      <c r="B3" s="18"/>
-[...5 lines deleted...]
-      <c r="H3" s="18"/>
+      <c r="B3" s="22"/>
+      <c r="C3" s="22"/>
+      <c r="D3" s="22"/>
+      <c r="E3" s="22"/>
+      <c r="F3" s="22"/>
+      <c r="G3" s="22"/>
+      <c r="H3" s="22"/>
     </row>
     <row r="4" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="H4" s="7" t="s">
+      <c r="H4" s="6" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="5" spans="1:8" ht="22.5" x14ac:dyDescent="0.2">
-      <c r="A5" s="10" t="s">
+      <c r="A5" s="9" t="s">
         <v>115</v>
       </c>
-      <c r="B5" s="22" t="s">
+      <c r="B5" s="27" t="s">
         <v>101</v>
       </c>
-      <c r="C5" s="23"/>
-      <c r="D5" s="22" t="s">
+      <c r="C5" s="28"/>
+      <c r="D5" s="27" t="s">
         <v>100</v>
       </c>
-      <c r="E5" s="23"/>
-      <c r="F5" s="9" t="s">
+      <c r="E5" s="28"/>
+      <c r="F5" s="8" t="s">
         <v>5</v>
       </c>
-      <c r="G5" s="9" t="s">
+      <c r="G5" s="8" t="s">
         <v>116</v>
       </c>
-      <c r="H5" s="8" t="s">
+      <c r="H5" s="7" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="6" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A6" s="19" t="s">
+      <c r="A6" s="23" t="s">
         <v>6</v>
       </c>
-      <c r="B6" s="19"/>
-[...2 lines deleted...]
-      <c r="E6" s="19"/>
+      <c r="B6" s="23"/>
+      <c r="C6" s="23"/>
+      <c r="D6" s="23"/>
+      <c r="E6" s="23"/>
       <c r="F6" s="1">
         <v>8437567816</v>
       </c>
       <c r="G6" s="1">
-        <v>8149369476.6599998</v>
+        <v>7477670440.6899996</v>
       </c>
       <c r="H6" s="2">
-        <v>6148231418.9799995</v>
+        <v>7014115356.3999996</v>
       </c>
     </row>
     <row r="7" spans="1:8" outlineLevel="1" x14ac:dyDescent="0.2">
-      <c r="A7" s="15"/>
-      <c r="B7" s="15" t="s">
+      <c r="A7" s="14"/>
+      <c r="B7" s="14" t="s">
         <v>81</v>
       </c>
-      <c r="C7" s="19" t="str">
+      <c r="C7" s="23" t="str">
         <f>VLOOKUP(B7,[1]PROGRAMA!$A$3:$D$10,2,FALSE)</f>
         <v>PROGRAMA DE GESTÃO E MANUTENÇÃO DO PODER LEGISLATIVO</v>
       </c>
-      <c r="D7" s="19"/>
-      <c r="E7" s="19"/>
+      <c r="D7" s="23"/>
+      <c r="E7" s="23"/>
       <c r="F7" s="1">
         <v>8230406239</v>
       </c>
       <c r="G7" s="1">
-        <v>7972862875.5799999</v>
+        <v>7325159463.9700003</v>
       </c>
       <c r="H7" s="2">
-        <v>6011169865.3800001</v>
+        <v>6861604379.6800003</v>
       </c>
     </row>
     <row r="8" spans="1:8" outlineLevel="2" x14ac:dyDescent="0.2">
-      <c r="A8" s="19"/>
-[...2 lines deleted...]
-      <c r="D8" s="15" t="s">
+      <c r="A8" s="23"/>
+      <c r="B8" s="23"/>
+      <c r="C8" s="23"/>
+      <c r="D8" s="14" t="s">
         <v>99</v>
       </c>
-      <c r="E8" s="15" t="str">
+      <c r="E8" s="14" t="str">
         <f>VLOOKUP(D8,[1]AÇÃO!$A$3:$B$21,2,FALSE)</f>
         <v>APOSENTADORIAS E PENSÕES - SERVIDORES CIVIS</v>
       </c>
       <c r="F8" s="4">
         <v>2236000000</v>
       </c>
       <c r="G8" s="4">
-        <v>2236000000</v>
+        <v>2119275660.54</v>
       </c>
       <c r="H8" s="3">
-        <v>1859937692.9200001</v>
+        <v>2119275660.54</v>
       </c>
     </row>
     <row r="9" spans="1:8" outlineLevel="2" x14ac:dyDescent="0.2">
-      <c r="A9" s="19"/>
-[...2 lines deleted...]
-      <c r="D9" s="15" t="s">
+      <c r="A9" s="23"/>
+      <c r="B9" s="23"/>
+      <c r="C9" s="23"/>
+      <c r="D9" s="14" t="s">
         <v>98</v>
       </c>
-      <c r="E9" s="15" t="str">
+      <c r="E9" s="14" t="str">
         <f>VLOOKUP(D9,[1]AÇÃO!$A$3:$B$21,2,FALSE)</f>
         <v>CONTRIBUIÇÃO DA UNIÃO, DE SUAS AUTARQUIAS E FUNDAÇÕES PARA O CUSTEIO DO REGIME DE PREVIDÊNCIA DOS SERVIDORES PÚBLICOS FEDERAIS</v>
       </c>
       <c r="F9" s="4">
         <v>227515920</v>
       </c>
       <c r="G9" s="4">
-        <v>227515920</v>
+        <v>219928443.90000001</v>
       </c>
       <c r="H9" s="3">
-        <v>169236451.27000001</v>
+        <v>219928443.90000001</v>
       </c>
     </row>
     <row r="10" spans="1:8" outlineLevel="2" x14ac:dyDescent="0.2">
-      <c r="A10" s="19"/>
-[...2 lines deleted...]
-      <c r="D10" s="15" t="s">
+      <c r="A10" s="23"/>
+      <c r="B10" s="23"/>
+      <c r="C10" s="23"/>
+      <c r="D10" s="14" t="s">
         <v>97</v>
       </c>
-      <c r="E10" s="15" t="str">
+      <c r="E10" s="14" t="str">
         <f>VLOOKUP(D10,[1]AÇÃO!$A$3:$B$21,2,FALSE)</f>
         <v>CONSTRUÇÃO DO CENTRO DE TECNOLOGIA DA CÂMARA DOS DEPUTADOS</v>
       </c>
       <c r="F10" s="4">
         <v>6000000</v>
       </c>
       <c r="G10" s="4"/>
       <c r="H10" s="3"/>
     </row>
     <row r="11" spans="1:8" outlineLevel="2" x14ac:dyDescent="0.2">
-      <c r="A11" s="19"/>
-[...2 lines deleted...]
-      <c r="D11" s="15" t="s">
+      <c r="A11" s="23"/>
+      <c r="B11" s="23"/>
+      <c r="C11" s="23"/>
+      <c r="D11" s="14" t="s">
         <v>96</v>
       </c>
-      <c r="E11" s="15" t="str">
+      <c r="E11" s="14" t="str">
         <f>VLOOKUP(D11,[1]AÇÃO!$A$3:$B$21,2,FALSE)</f>
         <v>REFORMA DOS IMÓVEIS FUNCIONAIS DESTINADOS À MORADIA DOS DEPUTADOS FEDERAIS</v>
       </c>
       <c r="F11" s="4">
         <v>54544410</v>
       </c>
       <c r="G11" s="4">
-        <v>47384567.200000003</v>
+        <v>52532443.630000003</v>
       </c>
       <c r="H11" s="3"/>
     </row>
     <row r="12" spans="1:8" outlineLevel="2" x14ac:dyDescent="0.2">
-      <c r="A12" s="19"/>
-[...2 lines deleted...]
-      <c r="D12" s="15" t="s">
+      <c r="A12" s="23"/>
+      <c r="B12" s="23"/>
+      <c r="C12" s="23"/>
+      <c r="D12" s="14" t="s">
         <v>80</v>
       </c>
-      <c r="E12" s="15" t="str">
+      <c r="E12" s="14" t="str">
         <f>VLOOKUP(D12,[1]AÇÃO!$A$3:$B$21,2,FALSE)</f>
         <v>ASSISTÊNCIA MÉDICA E ODONTOLÓGICA AOS SERVIDORES CIVIS, EMPREGADOS, MILITARES E SEUS DEPENDENTES</v>
       </c>
       <c r="F12" s="4">
         <v>317180000</v>
       </c>
       <c r="G12" s="4">
-        <v>305978601.61000001</v>
+        <v>314150524.87</v>
       </c>
       <c r="H12" s="3">
-        <v>288292811.31</v>
+        <v>293897776.25999999</v>
       </c>
     </row>
     <row r="13" spans="1:8" outlineLevel="2" x14ac:dyDescent="0.2">
-      <c r="A13" s="19"/>
-[...2 lines deleted...]
-      <c r="D13" s="15" t="s">
+      <c r="A13" s="23"/>
+      <c r="B13" s="23"/>
+      <c r="C13" s="23"/>
+      <c r="D13" s="14" t="s">
         <v>95</v>
       </c>
-      <c r="E13" s="15" t="str">
+      <c r="E13" s="14" t="str">
         <f>VLOOKUP(D13,[1]AÇÃO!$A$3:$B$21,2,FALSE)</f>
         <v>ATIVOS CIVIS DA UNIÃO</v>
       </c>
       <c r="F13" s="4">
         <v>3908000000</v>
       </c>
       <c r="G13" s="4">
-        <v>3908000000</v>
+        <v>3324588896.6700001</v>
       </c>
       <c r="H13" s="3">
-        <v>2763620314.6199999</v>
+        <v>3155208774.5100002</v>
       </c>
     </row>
     <row r="14" spans="1:8" outlineLevel="2" x14ac:dyDescent="0.2">
-      <c r="A14" s="19"/>
-[...2 lines deleted...]
-      <c r="D14" s="15" t="s">
+      <c r="A14" s="23"/>
+      <c r="B14" s="23"/>
+      <c r="C14" s="23"/>
+      <c r="D14" s="14" t="s">
         <v>94</v>
       </c>
-      <c r="E14" s="15" t="str">
+      <c r="E14" s="14" t="str">
         <f>VLOOKUP(D14,[1]AÇÃO!$A$3:$B$21,2,FALSE)</f>
         <v>BENEFÍCIOS OBRIGATÓRIOS AOS SERVIDORES CIVIS, EMPREGADOS, MILITARES E SEUS DEPENDENTES</v>
       </c>
       <c r="F14" s="4">
         <v>325000000</v>
       </c>
       <c r="G14" s="4">
-        <v>325000000</v>
+        <v>322612095.38999999</v>
       </c>
       <c r="H14" s="3">
-        <v>293466975.63999999</v>
+        <v>322612095.38999999</v>
       </c>
     </row>
     <row r="15" spans="1:8" outlineLevel="2" x14ac:dyDescent="0.2">
-      <c r="A15" s="19"/>
-[...2 lines deleted...]
-      <c r="D15" s="15" t="s">
+      <c r="A15" s="23"/>
+      <c r="B15" s="23"/>
+      <c r="C15" s="23"/>
+      <c r="D15" s="14" t="s">
         <v>93</v>
       </c>
-      <c r="E15" s="15" t="str">
+      <c r="E15" s="14" t="str">
         <f>VLOOKUP(D15,[1]AÇÃO!$A$3:$B$21,2,FALSE)</f>
         <v>AJUDA DE CUSTO PARA MORADIA OU AUXÍLIO-MORADIA A AGENTES PÚBLICOS</v>
       </c>
       <c r="F15" s="4">
         <v>9053934</v>
       </c>
       <c r="G15" s="4">
-        <v>8935189.2300000004</v>
+        <v>7359310.2800000003</v>
       </c>
       <c r="H15" s="3">
-        <v>5967545.9299999997</v>
+        <v>6561472.4900000002</v>
       </c>
     </row>
     <row r="16" spans="1:8" outlineLevel="2" x14ac:dyDescent="0.2">
-      <c r="A16" s="19"/>
-[...2 lines deleted...]
-      <c r="D16" s="15" t="s">
+      <c r="A16" s="23"/>
+      <c r="B16" s="23"/>
+      <c r="C16" s="23"/>
+      <c r="D16" s="14" t="s">
         <v>92</v>
       </c>
-      <c r="E16" s="15" t="str">
+      <c r="E16" s="14" t="str">
         <f>VLOOKUP(D16,[1]AÇÃO!$A$3:$B$21,2,FALSE)</f>
         <v>PUBLICIDADE INSTITUCIONAL E DE UTILIDADE PÚBLICA</v>
       </c>
       <c r="F16" s="4">
         <v>8000000</v>
       </c>
       <c r="G16" s="4"/>
       <c r="H16" s="3"/>
     </row>
     <row r="17" spans="1:8" outlineLevel="2" x14ac:dyDescent="0.2">
-      <c r="A17" s="19"/>
-[...2 lines deleted...]
-      <c r="D17" s="15" t="s">
+      <c r="A17" s="23"/>
+      <c r="B17" s="23"/>
+      <c r="C17" s="23"/>
+      <c r="D17" s="14" t="s">
         <v>79</v>
       </c>
-      <c r="E17" s="15" t="str">
+      <c r="E17" s="14" t="str">
         <f>VLOOKUP(D17,[1]AÇÃO!$A$3:$B$21,2,FALSE)</f>
         <v>PROCESSO LEGISLATIVO, FISCALIZAÇÃO E REPRESENTAÇÃO POLÍTICA</v>
       </c>
       <c r="F17" s="4">
         <v>1139111975</v>
       </c>
       <c r="G17" s="4">
-        <v>914048597.53999996</v>
+        <v>964712088.69000006</v>
       </c>
       <c r="H17" s="3">
-        <v>630648073.69000006</v>
-[...4 lines deleted...]
-      <c r="B18" s="15" t="s">
+        <v>744120156.59000003</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8" ht="12.75" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.2">
+      <c r="A18" s="14"/>
+      <c r="B18" s="14" t="s">
         <v>91</v>
       </c>
-      <c r="C18" s="19" t="str">
+      <c r="C18" s="23" t="str">
         <f>VLOOKUP(B18,[1]PROGRAMA!$A$3:$D$10,2,FALSE)</f>
         <v>OPERAÇÕES ESPECIAIS: OUTROS ENCARGOS ESPECIAIS</v>
       </c>
-      <c r="D18" s="19"/>
-      <c r="E18" s="19"/>
+      <c r="D18" s="23"/>
+      <c r="E18" s="23"/>
       <c r="F18" s="1">
         <v>175148453</v>
       </c>
       <c r="G18" s="1">
-        <v>175057948</v>
+        <v>151062323.63999999</v>
       </c>
       <c r="H18" s="2">
-        <v>135612900.52000001</v>
+        <v>151062323.63999999</v>
       </c>
     </row>
     <row r="19" spans="1:8" outlineLevel="2" x14ac:dyDescent="0.2">
-      <c r="A19" s="19"/>
-[...2 lines deleted...]
-      <c r="D19" s="15" t="s">
+      <c r="A19" s="23"/>
+      <c r="B19" s="23"/>
+      <c r="C19" s="23"/>
+      <c r="D19" s="14" t="s">
         <v>90</v>
       </c>
-      <c r="E19" s="15" t="str">
+      <c r="E19" s="14" t="str">
         <f>VLOOKUP(D19,[1]AÇÃO!$A$3:$B$21,2,FALSE)</f>
         <v>BENEFÍCIO ESPECIAL  - LEI N. 12.618, DE 2012</v>
       </c>
       <c r="F19" s="4">
         <v>49980948</v>
       </c>
       <c r="G19" s="4">
-        <v>49980948</v>
+        <v>39009722.200000003</v>
       </c>
       <c r="H19" s="3">
-        <v>32717701.68</v>
+        <v>39009722.200000003</v>
       </c>
     </row>
     <row r="20" spans="1:8" outlineLevel="2" x14ac:dyDescent="0.2">
-      <c r="A20" s="19"/>
-[...2 lines deleted...]
-      <c r="D20" s="15" t="s">
+      <c r="A20" s="23"/>
+      <c r="B20" s="23"/>
+      <c r="C20" s="23"/>
+      <c r="D20" s="14" t="s">
         <v>89</v>
       </c>
-      <c r="E20" s="15" t="str">
+      <c r="E20" s="14" t="str">
         <f>VLOOKUP(D20,[1]AÇÃO!$A$3:$B$21,2,FALSE)</f>
         <v>DEMAIS APOSENTADORIAS E COMPLEMENTAÇÕES</v>
       </c>
       <c r="F20" s="4">
         <v>125000000</v>
       </c>
       <c r="G20" s="4">
-        <v>125000000</v>
+        <v>111979737.44</v>
       </c>
       <c r="H20" s="3">
-        <v>102828406.84</v>
+        <v>111979737.44</v>
       </c>
     </row>
     <row r="21" spans="1:8" outlineLevel="2" x14ac:dyDescent="0.2">
-      <c r="A21" s="19"/>
-[...2 lines deleted...]
-      <c r="D21" s="15" t="s">
+      <c r="A21" s="23"/>
+      <c r="B21" s="23"/>
+      <c r="C21" s="23"/>
+      <c r="D21" s="14" t="s">
         <v>88</v>
       </c>
-      <c r="E21" s="15" t="str">
+      <c r="E21" s="14" t="str">
         <f>VLOOKUP(D21,[1]AÇÃO!$A$3:$B$21,2,FALSE)</f>
         <v>COMPENSAÇÃO FINANCEIRA ENTRE ENTIDADES DE PREVIDÊNCIA FEDERAL, ESTADUAL E MUNICIPAL</v>
       </c>
       <c r="F21" s="4">
         <v>90505</v>
       </c>
       <c r="G21" s="4"/>
       <c r="H21" s="3"/>
     </row>
     <row r="22" spans="1:8" outlineLevel="2" x14ac:dyDescent="0.2">
-      <c r="A22" s="19"/>
-[...2 lines deleted...]
-      <c r="D22" s="15" t="s">
+      <c r="A22" s="23"/>
+      <c r="B22" s="23"/>
+      <c r="C22" s="23"/>
+      <c r="D22" s="14" t="s">
         <v>87</v>
       </c>
-      <c r="E22" s="15" t="str">
+      <c r="E22" s="14" t="str">
         <f>VLOOKUP(D22,[1]AÇÃO!$A$3:$B$21,2,FALSE)</f>
         <v>BENEFÍCIOS DE LEGISLAÇÃO ESPECIAL</v>
       </c>
       <c r="F22" s="4">
         <v>77000</v>
       </c>
       <c r="G22" s="4">
-        <v>77000</v>
+        <v>72864</v>
       </c>
       <c r="H22" s="3">
-        <v>66792</v>
+        <v>72864</v>
       </c>
     </row>
     <row r="23" spans="1:8" ht="12.75" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.2">
-      <c r="A23" s="15"/>
-      <c r="B23" s="15" t="s">
+      <c r="A23" s="14"/>
+      <c r="B23" s="14" t="s">
         <v>86</v>
       </c>
-      <c r="C23" s="19" t="str">
+      <c r="C23" s="23" t="str">
         <f>VLOOKUP(B23,[1]PROGRAMA!$A$3:$D$10,2,FALSE)</f>
         <v>OPERAÇÕES ESPECIAIS: GESTÃO DA PARTICIPAÇÃO EM ORGANISMOS E ENTIDADES NACIONAIS E INTERNACIONAIS</v>
       </c>
-      <c r="D23" s="19"/>
-      <c r="E23" s="19"/>
+      <c r="D23" s="23"/>
+      <c r="E23" s="23"/>
       <c r="F23" s="1">
         <v>1991000</v>
       </c>
       <c r="G23" s="1">
         <v>1448653.08</v>
       </c>
       <c r="H23" s="2">
         <v>1448653.08</v>
       </c>
     </row>
     <row r="24" spans="1:8" outlineLevel="2" x14ac:dyDescent="0.2">
-      <c r="A24" s="19"/>
-[...2 lines deleted...]
-      <c r="D24" s="15" t="s">
+      <c r="A24" s="23"/>
+      <c r="B24" s="23"/>
+      <c r="C24" s="23"/>
+      <c r="D24" s="14" t="s">
         <v>85</v>
       </c>
-      <c r="E24" s="15" t="str">
+      <c r="E24" s="14" t="str">
         <f>VLOOKUP(D24,[1]AÇÃO!$A$3:$B$21,2,FALSE)</f>
         <v>CONTRIBUIÇÕES REGULARES A ENTIDADES OU ORGANISMOS NACIONAIS SEM EXIGÊNCIA DE PROGRAMAÇÃO ESPECÍFICA</v>
       </c>
       <c r="F24" s="4">
         <v>22000</v>
       </c>
       <c r="G24" s="4">
         <v>20000</v>
       </c>
       <c r="H24" s="3">
         <v>20000</v>
       </c>
     </row>
     <row r="25" spans="1:8" outlineLevel="2" x14ac:dyDescent="0.2">
-      <c r="A25" s="19"/>
-[...2 lines deleted...]
-      <c r="D25" s="15" t="s">
+      <c r="A25" s="23"/>
+      <c r="B25" s="23"/>
+      <c r="C25" s="23"/>
+      <c r="D25" s="14" t="s">
         <v>84</v>
       </c>
-      <c r="E25" s="15" t="str">
+      <c r="E25" s="14" t="str">
         <f>VLOOKUP(D25,[1]AÇÃO!$A$3:$B$21,2,FALSE)</f>
         <v>CONTRIBUIÇÕES REGULARES A ORGANISMOS DE DIREITO INTERNACIONAL PÚBLICO SEM EXIGÊNCIA DE PROGRAMAÇÃO ESPECÍFICA</v>
       </c>
       <c r="F25" s="4">
         <v>1810000</v>
       </c>
       <c r="G25" s="4">
         <v>1286541.43</v>
       </c>
       <c r="H25" s="3">
         <v>1286541.43</v>
       </c>
     </row>
     <row r="26" spans="1:8" outlineLevel="2" x14ac:dyDescent="0.2">
-      <c r="A26" s="19"/>
-[...2 lines deleted...]
-      <c r="D26" s="15" t="s">
+      <c r="A26" s="23"/>
+      <c r="B26" s="23"/>
+      <c r="C26" s="23"/>
+      <c r="D26" s="14" t="s">
         <v>83</v>
       </c>
-      <c r="E26" s="15" t="str">
+      <c r="E26" s="14" t="str">
         <f>VLOOKUP(D26,[1]AÇÃO!$A$3:$B$21,2,FALSE)</f>
         <v>CONTRIBUIÇÕES REGULARES A ORGANISMOS INTERNACIONAIS DE DIREITO PRIVADO SEM EXIGÊNCIA DE PROGRAMAÇÃO ESPECÍFICA</v>
       </c>
       <c r="F26" s="4">
         <v>159000</v>
       </c>
       <c r="G26" s="4">
         <v>142111.65</v>
       </c>
       <c r="H26" s="3">
         <v>142111.65</v>
       </c>
     </row>
     <row r="27" spans="1:8" outlineLevel="1" x14ac:dyDescent="0.2">
-      <c r="A27" s="15"/>
-      <c r="B27" s="15" t="s">
+      <c r="A27" s="14"/>
+      <c r="B27" s="14" t="s">
         <v>78</v>
       </c>
-      <c r="C27" s="19" t="str">
+      <c r="C27" s="23" t="str">
         <f>VLOOKUP(B27,[1]PROGRAMA!$A$3:$D$10,2,FALSE)</f>
         <v>RESERVA DE CONTINGÊNCIA</v>
       </c>
-      <c r="D27" s="19"/>
-      <c r="E27" s="19"/>
+      <c r="D27" s="23"/>
+      <c r="E27" s="23"/>
       <c r="F27" s="1">
         <v>30022124</v>
       </c>
       <c r="G27" s="1"/>
       <c r="H27" s="2"/>
     </row>
     <row r="28" spans="1:8" outlineLevel="2" x14ac:dyDescent="0.2">
-      <c r="A28" s="19"/>
-[...2 lines deleted...]
-      <c r="D28" s="15" t="s">
+      <c r="A28" s="23"/>
+      <c r="B28" s="23"/>
+      <c r="C28" s="23"/>
+      <c r="D28" s="14" t="s">
         <v>77</v>
       </c>
-      <c r="E28" s="15" t="str">
+      <c r="E28" s="14" t="str">
         <f>VLOOKUP(D28,[1]AÇÃO!$A$3:$B$21,2,FALSE)</f>
         <v>RESERVA DE CONTINGÊNCIA - FINANCEIRA</v>
       </c>
       <c r="F28" s="4">
         <v>1499201</v>
       </c>
       <c r="G28" s="4"/>
       <c r="H28" s="3"/>
     </row>
     <row r="29" spans="1:8" outlineLevel="2" x14ac:dyDescent="0.2">
-      <c r="A29" s="19"/>
-[...2 lines deleted...]
-      <c r="D29" s="15" t="s">
+      <c r="A29" s="23"/>
+      <c r="B29" s="23"/>
+      <c r="C29" s="23"/>
+      <c r="D29" s="14" t="s">
         <v>82</v>
       </c>
-      <c r="E29" s="15" t="str">
+      <c r="E29" s="14" t="str">
         <f>VLOOKUP(D29,[1]AÇÃO!$A$3:$B$21,2,FALSE)</f>
         <v>RESERVA DE CONTINGÊNCIA FISCAL - PRIMÁRIA</v>
       </c>
       <c r="F29" s="4">
         <v>28522923</v>
       </c>
       <c r="G29" s="4"/>
       <c r="H29" s="3"/>
     </row>
     <row r="30" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A30" s="19" t="s">
+      <c r="A30" s="23" t="s">
         <v>20</v>
       </c>
-      <c r="B30" s="19"/>
-[...2 lines deleted...]
-      <c r="E30" s="19"/>
+      <c r="B30" s="23"/>
+      <c r="C30" s="23"/>
+      <c r="D30" s="23"/>
+      <c r="E30" s="23"/>
       <c r="F30" s="1">
         <v>156925768</v>
       </c>
       <c r="G30" s="1">
-        <v>12176015.119999999</v>
+        <v>20479273.039999999</v>
       </c>
       <c r="H30" s="2">
-        <v>11520957.539999999</v>
+        <v>12440961.699999999</v>
       </c>
     </row>
     <row r="31" spans="1:8" ht="12.75" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.2">
-      <c r="A31" s="15"/>
-      <c r="B31" s="15" t="s">
+      <c r="A31" s="14"/>
+      <c r="B31" s="14" t="s">
         <v>81</v>
       </c>
-      <c r="C31" s="19" t="str">
+      <c r="C31" s="23" t="str">
         <f>VLOOKUP(B31,[1]PROGRAMA!$A$3:$D$10,2,FALSE)</f>
         <v>PROGRAMA DE GESTÃO E MANUTENÇÃO DO PODER LEGISLATIVO</v>
       </c>
-      <c r="D31" s="19"/>
-      <c r="E31" s="19"/>
+      <c r="D31" s="23"/>
+      <c r="E31" s="23"/>
       <c r="F31" s="1">
         <v>156717731</v>
       </c>
       <c r="G31" s="1">
-        <v>12176015.119999999</v>
+        <v>20479273.039999999</v>
       </c>
       <c r="H31" s="2">
-        <v>11520957.539999999</v>
+        <v>12440961.699999999</v>
       </c>
     </row>
     <row r="32" spans="1:8" outlineLevel="2" x14ac:dyDescent="0.2">
-      <c r="A32" s="19"/>
-[...2 lines deleted...]
-      <c r="D32" s="15" t="s">
+      <c r="A32" s="23"/>
+      <c r="B32" s="23"/>
+      <c r="C32" s="23"/>
+      <c r="D32" s="14" t="s">
         <v>80</v>
       </c>
-      <c r="E32" s="15" t="str">
+      <c r="E32" s="14" t="str">
         <f>VLOOKUP(D32,[1]AÇÃO!$A$3:$B$21,2,FALSE)</f>
         <v>ASSISTÊNCIA MÉDICA E ODONTOLÓGICA AOS SERVIDORES CIVIS, EMPREGADOS, MILITARES E SEUS DEPENDENTES</v>
       </c>
       <c r="F32" s="4">
         <v>11500000</v>
       </c>
       <c r="G32" s="4">
-        <v>4142618.35</v>
+        <v>11284599.42</v>
       </c>
       <c r="H32" s="3">
-        <v>3713479.86</v>
+        <v>4515118.93</v>
       </c>
     </row>
     <row r="33" spans="1:8" outlineLevel="2" x14ac:dyDescent="0.2">
-      <c r="A33" s="19"/>
-[...2 lines deleted...]
-      <c r="D33" s="15" t="s">
+      <c r="A33" s="23"/>
+      <c r="B33" s="23"/>
+      <c r="C33" s="23"/>
+      <c r="D33" s="14" t="s">
         <v>79</v>
       </c>
-      <c r="E33" s="15" t="str">
+      <c r="E33" s="14" t="str">
         <f>VLOOKUP(D33,[1]AÇÃO!$A$3:$B$21,2,FALSE)</f>
         <v>PROCESSO LEGISLATIVO, FISCALIZAÇÃO E REPRESENTAÇÃO POLÍTICA</v>
       </c>
       <c r="F33" s="4">
         <v>145217731</v>
       </c>
       <c r="G33" s="4">
-        <v>8033396.7699999996</v>
+        <v>9194673.6199999992</v>
       </c>
       <c r="H33" s="3">
-        <v>7807477.6799999997</v>
+        <v>7925842.7699999996</v>
       </c>
     </row>
     <row r="34" spans="1:8" outlineLevel="1" x14ac:dyDescent="0.2">
-      <c r="A34" s="15"/>
-      <c r="B34" s="15" t="s">
+      <c r="A34" s="14"/>
+      <c r="B34" s="14" t="s">
         <v>78</v>
       </c>
-      <c r="C34" s="19" t="str">
+      <c r="C34" s="23" t="str">
         <f>VLOOKUP(B34,[1]PROGRAMA!$A$3:$D$10,2,FALSE)</f>
         <v>RESERVA DE CONTINGÊNCIA</v>
       </c>
-      <c r="D34" s="19"/>
-      <c r="E34" s="19"/>
+      <c r="D34" s="23"/>
+      <c r="E34" s="23"/>
       <c r="F34" s="1">
         <v>208037</v>
       </c>
       <c r="G34" s="1"/>
       <c r="H34" s="2"/>
     </row>
     <row r="35" spans="1:8" outlineLevel="2" x14ac:dyDescent="0.2">
-      <c r="A35" s="19"/>
-[...2 lines deleted...]
-      <c r="D35" s="15" t="s">
+      <c r="A35" s="23"/>
+      <c r="B35" s="23"/>
+      <c r="C35" s="23"/>
+      <c r="D35" s="14" t="s">
         <v>77</v>
       </c>
-      <c r="E35" s="15" t="str">
+      <c r="E35" s="14" t="str">
         <f>VLOOKUP(D35,[1]AÇÃO!$A$3:$B$21,2,FALSE)</f>
         <v>RESERVA DE CONTINGÊNCIA - FINANCEIRA</v>
       </c>
       <c r="F35" s="4">
         <v>208037</v>
       </c>
       <c r="G35" s="4"/>
       <c r="H35" s="3"/>
     </row>
     <row r="36" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A36" s="16" t="s">
+      <c r="A36" s="21" t="s">
         <v>11</v>
       </c>
-      <c r="B36" s="16"/>
-[...2 lines deleted...]
-      <c r="E36" s="16"/>
+      <c r="B36" s="21"/>
+      <c r="C36" s="21"/>
+      <c r="D36" s="21"/>
+      <c r="E36" s="21"/>
       <c r="F36" s="1">
         <v>8594493584</v>
       </c>
       <c r="G36" s="1">
-        <v>8161545491.7799997</v>
+        <v>7498149713.7299995</v>
       </c>
       <c r="H36" s="2">
-        <v>6159752376.5200005</v>
+        <v>7026556318.1000004</v>
       </c>
     </row>
     <row r="37" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A37" s="14" t="s">
+      <c r="A37" s="13" t="s">
         <v>107</v>
       </c>
-      <c r="B37" s="13"/>
-[...2 lines deleted...]
-      <c r="H37" s="12" t="s">
+      <c r="B37" s="12"/>
+      <c r="C37" s="12"/>
+      <c r="D37" s="12"/>
+      <c r="H37" s="11" t="s">
         <v>119</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="35">
     <mergeCell ref="A3:H3"/>
     <mergeCell ref="C31:E31"/>
     <mergeCell ref="A32:C32"/>
     <mergeCell ref="A33:C33"/>
     <mergeCell ref="C34:E34"/>
     <mergeCell ref="A35:C35"/>
     <mergeCell ref="A36:E36"/>
     <mergeCell ref="A25:C25"/>
     <mergeCell ref="A26:C26"/>
     <mergeCell ref="C27:E27"/>
     <mergeCell ref="A28:C28"/>
     <mergeCell ref="A29:C29"/>
     <mergeCell ref="A30:E30"/>
     <mergeCell ref="A19:C19"/>
     <mergeCell ref="A20:C20"/>
     <mergeCell ref="A21:C21"/>
     <mergeCell ref="A22:C22"/>
     <mergeCell ref="C23:E23"/>
     <mergeCell ref="A24:C24"/>
     <mergeCell ref="A13:C13"/>
@@ -5032,52 +5103,52 @@
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Planilhas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Intervalos nomeados</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="9" baseType="lpstr">
-      <vt:lpstr>Novembro Categoria</vt:lpstr>
-[...7 lines deleted...]
-      <vt:lpstr>'Novembro Modalidade'!Titulos_de_impressao</vt:lpstr>
+      <vt:lpstr>Dezembro Categoria</vt:lpstr>
+      <vt:lpstr>Dezembro Função</vt:lpstr>
+      <vt:lpstr>Dezembro Modalidade</vt:lpstr>
+      <vt:lpstr>Dezembro Programa</vt:lpstr>
+      <vt:lpstr>'Dezembro Categoria'!Area_de_impressao</vt:lpstr>
+      <vt:lpstr>'Dezembro Função'!Area_de_impressao</vt:lpstr>
+      <vt:lpstr>'Dezembro Modalidade'!Area_de_impressao</vt:lpstr>
+      <vt:lpstr>'Dezembro Programa'!Area_de_impressao</vt:lpstr>
+      <vt:lpstr>'Dezembro Modalidade'!Titulos_de_impressao</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Luis Carlos da Silva</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>